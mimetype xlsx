--- v0 (2025-10-08)
+++ v1 (2026-02-24)
@@ -1,302 +1,1878 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://natheart.sharepoint.com/sites/Revenue/Individual Giving/2025/RG/F2F/Website updates/Locations/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://natheart.sharepoint.com/sites/Revenue/Individual Giving/2026/RG/F2F/Website updates/Locations/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="3" documentId="8_{FEF7EAFD-1585-4BFE-B78E-D18CBB32C598}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F33AF3C0-E369-4385-B37F-FB6348784E93}"/>
+  <xr:revisionPtr revIDLastSave="356" documentId="8_{16183E74-BDD2-4587-94A5-F2DB44E5AAFA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B5A9A2CF-3C11-450D-B8CF-6A9B2D8783F8}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="VIC" sheetId="7" r:id="rId1"/>
+    <sheet name="ACT" sheetId="4" r:id="rId1"/>
+    <sheet name="NSW" sheetId="1" r:id="rId2"/>
+    <sheet name="VIC" sheetId="2" r:id="rId3"/>
+    <sheet name="QLD" sheetId="5" r:id="rId4"/>
+    <sheet name="WA" sheetId="3" r:id="rId5"/>
+    <sheet name="TAS" sheetId="6" r:id="rId6"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1678" uniqueCount="525">
+  <si>
+    <t> </t>
+  </si>
+  <si>
+    <t>NSW</t>
+  </si>
+  <si>
+    <t>D2D</t>
+  </si>
+  <si>
+    <t>VIC</t>
+  </si>
   <si>
     <t>DATE FROM</t>
   </si>
   <si>
     <t>DATE TO</t>
   </si>
   <si>
     <t>STATE</t>
   </si>
   <si>
     <t>SUBURB</t>
   </si>
   <si>
     <t>POSTCODE</t>
   </si>
   <si>
     <t>TYPE</t>
   </si>
   <si>
     <t>SITE NAME</t>
   </si>
   <si>
     <t>STREET</t>
   </si>
   <si>
-    <t> </t>
-[...26 lines deleted...]
-    <t>DANDENONG PLAZA</t>
+    <t>February</t>
+  </si>
+  <si>
+    <t>Katoomba</t>
+  </si>
+  <si>
+    <t>Lithgow</t>
+  </si>
+  <si>
+    <t>Muswellbrook</t>
+  </si>
+  <si>
+    <t>Scone</t>
+  </si>
+  <si>
+    <t>Singleton</t>
+  </si>
+  <si>
+    <t>Branxton</t>
+  </si>
+  <si>
+    <t>Central Coast</t>
+  </si>
+  <si>
+    <t>Gosford</t>
+  </si>
+  <si>
+    <t>Wyong</t>
+  </si>
+  <si>
+    <t>Toukley</t>
+  </si>
+  <si>
+    <t>Merrimbula</t>
+  </si>
+  <si>
+    <t>Bega</t>
+  </si>
+  <si>
+    <t>Eden</t>
+  </si>
+  <si>
+    <t>23/02/202</t>
+  </si>
+  <si>
+    <t>24/02/202</t>
+  </si>
+  <si>
+    <t>Moama</t>
+  </si>
+  <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
+    <t>21/02/2026</t>
+  </si>
+  <si>
+    <t>Tocumwal</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>QLD</t>
+  </si>
+  <si>
+    <t>Residential</t>
+  </si>
+  <si>
+    <t>BOTANY</t>
+  </si>
+  <si>
+    <t>NEWTOWN</t>
+  </si>
+  <si>
+    <t>ST PETERS</t>
+  </si>
+  <si>
+    <t>FIVE DOCK</t>
+  </si>
+  <si>
+    <t>LEWISHAM</t>
+  </si>
+  <si>
+    <t>CAMPERDOWN</t>
+  </si>
+  <si>
+    <t>CHATSWOOD WEST</t>
+  </si>
+  <si>
+    <t>BALGOWLAH</t>
+  </si>
+  <si>
+    <t>RYDE</t>
+  </si>
+  <si>
+    <t>MACQUARIE PARK</t>
+  </si>
+  <si>
+    <t>NORTH RYDE</t>
+  </si>
+  <si>
+    <t>DUNDAS VALLEY</t>
+  </si>
+  <si>
+    <t>EPPING</t>
+  </si>
+  <si>
+    <t>EASTWOOD</t>
+  </si>
+  <si>
+    <t>SUMMER HILL</t>
+  </si>
+  <si>
+    <t>ASHFIELD</t>
+  </si>
+  <si>
+    <t>CROYDON</t>
+  </si>
+  <si>
+    <t>CROYDON PARK</t>
+  </si>
+  <si>
+    <t>BURWOOD</t>
+  </si>
+  <si>
+    <t>STRATHFIELD</t>
+  </si>
+  <si>
+    <t>BURWOOD HEIGHTS</t>
+  </si>
+  <si>
+    <t>STRATHFIELD SOUTH</t>
+  </si>
+  <si>
+    <t>CONCORD</t>
+  </si>
+  <si>
+    <t>KINGS LANGLEY</t>
+  </si>
+  <si>
+    <t>HARRIS PARK</t>
+  </si>
+  <si>
+    <t>PARRAMATTA</t>
+  </si>
+  <si>
+    <t>BELLA VISTA</t>
+  </si>
+  <si>
+    <t>CABRAMATTA</t>
+  </si>
+  <si>
+    <t>CANLEY VALE</t>
+  </si>
+  <si>
+    <t>LIVERPOOL</t>
+  </si>
+  <si>
+    <t>WARWICK FARM</t>
+  </si>
+  <si>
+    <t>BANKSTOWN</t>
+  </si>
+  <si>
+    <t>DULWICH HILL</t>
+  </si>
+  <si>
+    <t>MARRICKVILLE</t>
+  </si>
+  <si>
+    <t>EARLWOOD</t>
+  </si>
+  <si>
+    <t>BEVERLY HILLS</t>
+  </si>
+  <si>
+    <t>PEAKHURST</t>
+  </si>
+  <si>
+    <t>REVESBY</t>
+  </si>
+  <si>
+    <t>EAST HILLS</t>
+  </si>
+  <si>
+    <t>MORTDALE</t>
+  </si>
+  <si>
+    <t>SUTHERLAND</t>
+  </si>
+  <si>
+    <t>KARIONG</t>
+  </si>
+  <si>
+    <t>LISAROW</t>
+  </si>
+  <si>
+    <t>NARARA</t>
+  </si>
+  <si>
+    <t>WYOMING</t>
+  </si>
+  <si>
+    <t>OURIMBAH</t>
+  </si>
+  <si>
+    <t>APPIN</t>
+  </si>
+  <si>
+    <t>CAMPBELLTOWN</t>
+  </si>
+  <si>
+    <t>MINTO HEIGHTS</t>
+  </si>
+  <si>
+    <t>DOUGLAS PARK</t>
+  </si>
+  <si>
+    <t>PICTON</t>
+  </si>
+  <si>
+    <t>TAHMOOR</t>
+  </si>
+  <si>
+    <t>BARGO</t>
+  </si>
+  <si>
+    <t>MOSS VALE</t>
+  </si>
+  <si>
+    <t>EMU HEIGHTS</t>
+  </si>
+  <si>
+    <t>EMU PLAINS</t>
+  </si>
+  <si>
+    <t>PENRITH</t>
+  </si>
+  <si>
+    <t>AGNES BANKS</t>
+  </si>
+  <si>
+    <t>HOBARTVILLE</t>
+  </si>
+  <si>
+    <t>RICHMOND</t>
+  </si>
+  <si>
+    <t>NORTH RICHMOND</t>
+  </si>
+  <si>
+    <t>FREEMANS REACH</t>
+  </si>
+  <si>
+    <t>GLOSSODIA</t>
+  </si>
+  <si>
+    <t>WILBERFORCE</t>
+  </si>
+  <si>
+    <t>KURRAJONG</t>
+  </si>
+  <si>
+    <t>KURRAJONG HEIGHTS</t>
+  </si>
+  <si>
+    <t>ST CLAIR</t>
+  </si>
+  <si>
+    <t>SCHOFIELDS</t>
+  </si>
+  <si>
+    <t>QUAKERS HILL</t>
+  </si>
+  <si>
+    <t>OAKVILLE</t>
+  </si>
+  <si>
+    <t>ROOTY HILL</t>
+  </si>
+  <si>
+    <t>GLENWOOD</t>
+  </si>
+  <si>
+    <t>MOUNT DRUITT</t>
+  </si>
+  <si>
+    <t>GLENBROOK</t>
+  </si>
+  <si>
+    <t>LAPSTONE</t>
+  </si>
+  <si>
+    <t>BLAXLAND</t>
+  </si>
+  <si>
+    <t>MOUNT RIVERVIEW</t>
+  </si>
+  <si>
+    <t>WARRIMOO</t>
+  </si>
+  <si>
+    <t>FAULCONBRIDGE</t>
+  </si>
+  <si>
+    <t>SPRINGWOOD</t>
+  </si>
+  <si>
+    <t>VALLEY HEIGHTS</t>
+  </si>
+  <si>
+    <t>WENTWORTH FALLS</t>
+  </si>
+  <si>
+    <t>LAWSON</t>
+  </si>
+  <si>
+    <t>LITHGOW</t>
+  </si>
+  <si>
+    <t>MUDGEE</t>
+  </si>
+  <si>
+    <t>ECHUCA</t>
+  </si>
+  <si>
+    <t>MOAMA</t>
+  </si>
+  <si>
+    <t>TOCUMWAL</t>
+  </si>
+  <si>
+    <t>WEST MELBOURNE</t>
+  </si>
+  <si>
+    <t>DOCKLANDS</t>
+  </si>
+  <si>
+    <t>CAIRNLEA</t>
+  </si>
+  <si>
+    <t>CAROLINE SPRINGS</t>
+  </si>
+  <si>
+    <t>MOUNT COTTRELL</t>
   </si>
   <si>
     <t>TARNEIT</t>
   </si>
   <si>
-    <t>WYNDHAM VILLAGE</t>
-[...5 lines deleted...]
-    <t>PARKMORE</t>
+    <t>TRUGANINA</t>
+  </si>
+  <si>
+    <t>ASCOT VALE</t>
+  </si>
+  <si>
+    <t>TRAVANCORE</t>
+  </si>
+  <si>
+    <t>KEILOR EAST</t>
+  </si>
+  <si>
+    <t>AVONDALE HEIGHTS</t>
+  </si>
+  <si>
+    <t>MOONEE PONDS</t>
+  </si>
+  <si>
+    <t>ABERFELDIE</t>
+  </si>
+  <si>
+    <t>ESSENDON</t>
+  </si>
+  <si>
+    <t>ESSENDON WEST</t>
+  </si>
+  <si>
+    <t>STRATHMORE</t>
+  </si>
+  <si>
+    <t>STRATHMORE HEIGHTS</t>
+  </si>
+  <si>
+    <t>AIRPORT WEST</t>
+  </si>
+  <si>
+    <t>NIDDRIE</t>
+  </si>
+  <si>
+    <t>GLENROY</t>
+  </si>
+  <si>
+    <t>HADFIELD</t>
+  </si>
+  <si>
+    <t>GREENVALE</t>
+  </si>
+  <si>
+    <t>FAWKNER</t>
+  </si>
+  <si>
+    <t>IVANHOE</t>
+  </si>
+  <si>
+    <t>IVANHOE EAST</t>
+  </si>
+  <si>
+    <t>MILL PARK</t>
+  </si>
+  <si>
+    <t>RESEARCH</t>
+  </si>
+  <si>
+    <t>VERMONT SOUTH</t>
+  </si>
+  <si>
+    <t>WANDIN NORTH</t>
+  </si>
+  <si>
+    <t>KOOYONG</t>
+  </si>
+  <si>
+    <t>LYSTERFIELD SOUTH</t>
+  </si>
+  <si>
+    <t>CAULFIELD NORTH</t>
+  </si>
+  <si>
+    <t>OAKLEIGH EAST</t>
+  </si>
+  <si>
+    <t>OAKLEIGH SOUTH</t>
+  </si>
+  <si>
+    <t>NOBLE PARK NORTH</t>
+  </si>
+  <si>
+    <t>BANGHOLME</t>
+  </si>
+  <si>
+    <t>PRAHRAN</t>
+  </si>
+  <si>
+    <t>ELWOOD</t>
+  </si>
+  <si>
+    <t>ELSTERNWICK</t>
+  </si>
+  <si>
+    <t>PORT MELBOURNE</t>
+  </si>
+  <si>
+    <t>ROCKBANK</t>
+  </si>
+  <si>
+    <t>BACCHUS MARSH</t>
+  </si>
+  <si>
+    <t>LEICHARDT</t>
+  </si>
+  <si>
+    <t>WHITTLESEA</t>
+  </si>
+  <si>
+    <t>WANDONG</t>
+  </si>
+  <si>
+    <t>KALLISTA</t>
+  </si>
+  <si>
+    <t>THE PATCH</t>
+  </si>
+  <si>
+    <t>ENDEAVOUR HILLS</t>
+  </si>
+  <si>
+    <t>HALLAM</t>
+  </si>
+  <si>
+    <t>OFFICER</t>
+  </si>
+  <si>
+    <t>OFFICER SOUTH</t>
+  </si>
+  <si>
+    <t>PAKENHAM</t>
+  </si>
+  <si>
+    <t>PEARCEDALE</t>
+  </si>
+  <si>
+    <t>SOMERVILLE</t>
+  </si>
+  <si>
+    <t>SAFETY BEACH</t>
+  </si>
+  <si>
+    <t>KYABRAM</t>
+  </si>
+  <si>
+    <t>ROCHESTER</t>
+  </si>
+  <si>
+    <t>LOCKINGTON</t>
+  </si>
+  <si>
+    <t>WHARPARILLA</t>
+  </si>
+  <si>
+    <t>TONGALA</t>
+  </si>
+  <si>
+    <t>GUNBOWER</t>
+  </si>
+  <si>
+    <t>LEITCHVILLE</t>
+  </si>
+  <si>
+    <t>WOODEND</t>
+  </si>
+  <si>
+    <t>NEWSTEAD</t>
+  </si>
+  <si>
+    <t>AVOCA</t>
+  </si>
+  <si>
+    <t>DAISY HILL</t>
+  </si>
+  <si>
+    <t>MAJORCA</t>
+  </si>
+  <si>
+    <t>BOWENVALE</t>
+  </si>
+  <si>
+    <t>PORT FRANKLIN</t>
+  </si>
+  <si>
+    <t>FOSTER</t>
+  </si>
+  <si>
+    <t>PORT WELSHPOOL</t>
+  </si>
+  <si>
+    <t>WELSHPOOL</t>
+  </si>
+  <si>
+    <t>PORT ALBERT</t>
+  </si>
+  <si>
+    <t>ALBERTON</t>
+  </si>
+  <si>
+    <t>YARRAM</t>
+  </si>
+  <si>
+    <t>DEVON NORTH</t>
+  </si>
+  <si>
+    <t>MCLOUGHLINS BEACH</t>
+  </si>
+  <si>
+    <t>WOODSIDE</t>
+  </si>
+  <si>
+    <t>WOODSIDE BEACH</t>
+  </si>
+  <si>
+    <t>CORONET BAY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CORINELLA </t>
+  </si>
+  <si>
+    <t>TENBY POINT</t>
+  </si>
+  <si>
+    <t>GRANTVILLE</t>
+  </si>
+  <si>
+    <t>PIONEER BAY</t>
+  </si>
+  <si>
+    <t>BASS</t>
+  </si>
+  <si>
+    <t>LOCH</t>
+  </si>
+  <si>
+    <t>NYORA</t>
+  </si>
+  <si>
+    <t>THE GURDIES</t>
+  </si>
+  <si>
+    <t>ADAMS ESTATE</t>
+  </si>
+  <si>
+    <t>JAM JERRUP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WOOLAMAI </t>
+  </si>
+  <si>
+    <t>KILCUNDA</t>
+  </si>
+  <si>
+    <t>BRACKEN RIDGE</t>
+  </si>
+  <si>
+    <t>REDCLIFFE</t>
+  </si>
+  <si>
+    <t>SCARBOROUGH</t>
+  </si>
+  <si>
+    <t>BRIDGEMAN DOWNS</t>
+  </si>
+  <si>
+    <t>BALD HILLS</t>
+  </si>
+  <si>
+    <t>EATONS HILL</t>
+  </si>
+  <si>
+    <t>WILSTON</t>
+  </si>
+  <si>
+    <t>ST LUCIA</t>
+  </si>
+  <si>
+    <t>CHELMER</t>
+  </si>
+  <si>
+    <t>RIVERHILLS</t>
+  </si>
+  <si>
+    <t>CORINDA</t>
+  </si>
+  <si>
+    <t>ROBERTSON</t>
+  </si>
+  <si>
+    <t>ACACIA RIDGE</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>ALGESTER</t>
+  </si>
+  <si>
+    <t>CALAMVALE</t>
+  </si>
+  <si>
+    <t>STRETTON</t>
+  </si>
+  <si>
+    <t>HILLCREST</t>
+  </si>
+  <si>
+    <t>UNDERWOOD</t>
+  </si>
+  <si>
+    <t>MOUNT GRAVATT EAST</t>
+  </si>
+  <si>
+    <t>ROCHEDALE SOUTH</t>
+  </si>
+  <si>
+    <t>MEADOWBROOK</t>
+  </si>
+  <si>
+    <t>CRESTMEAD</t>
+  </si>
+  <si>
+    <t>MARSDEN</t>
+  </si>
+  <si>
+    <t>CAMP HILL</t>
+  </si>
+  <si>
+    <t>CARINA</t>
+  </si>
+  <si>
+    <t>CARINA HEIGHTS</t>
+  </si>
+  <si>
+    <t>GUMDALE</t>
+  </si>
+  <si>
+    <t>THORNLANDS</t>
+  </si>
+  <si>
+    <t>MORNINGSIDE</t>
+  </si>
+  <si>
+    <t>NORMAN PARK</t>
+  </si>
+  <si>
+    <t>SEVEN HILLS</t>
+  </si>
+  <si>
+    <t>BULIMBA</t>
+  </si>
+  <si>
+    <t>HEMMANT</t>
+  </si>
+  <si>
+    <t>COOMERA</t>
+  </si>
+  <si>
+    <t>HIGHLAND PARK</t>
+  </si>
+  <si>
+    <t>HOPE ISLAND</t>
+  </si>
+  <si>
+    <t>COOMBABAH</t>
+  </si>
+  <si>
+    <t>PARADISE POINT</t>
+  </si>
+  <si>
+    <t>RUNAWAY BAY</t>
+  </si>
+  <si>
+    <t>PALM BEACH</t>
+  </si>
+  <si>
+    <t>TUGUN</t>
+  </si>
+  <si>
+    <t>GLENLOGAN</t>
+  </si>
+  <si>
+    <t>CEDAR GROVE</t>
+  </si>
+  <si>
+    <t>CEDAR VALE</t>
+  </si>
+  <si>
+    <t>GAILES</t>
+  </si>
+  <si>
+    <t>SPRINGFIELD</t>
+  </si>
+  <si>
+    <t>COLLINGWOOD PARK</t>
+  </si>
+  <si>
+    <t>BUNDAMBA</t>
+  </si>
+  <si>
+    <t>EASTERN HEIGHTS</t>
+  </si>
+  <si>
+    <t>CHUWAR</t>
+  </si>
+  <si>
+    <t>BRIGHTVIEW</t>
+  </si>
+  <si>
+    <t>REGENCY DOWNS</t>
+  </si>
+  <si>
+    <t>LOCKROSE</t>
+  </si>
+  <si>
+    <t>JOYNER</t>
+  </si>
+  <si>
+    <t>LAWNTON</t>
+  </si>
+  <si>
+    <t>DAKABIN</t>
+  </si>
+  <si>
+    <t>KALLANGUR</t>
+  </si>
+  <si>
+    <t>KURWONGBAH</t>
+  </si>
+  <si>
+    <t>HARRISTOWN</t>
+  </si>
+  <si>
+    <t>COTSWOLD</t>
+  </si>
+  <si>
+    <t>WILSONTON</t>
+  </si>
+  <si>
+    <t>CRANLEY</t>
+  </si>
+  <si>
+    <t>CENTENARY HEIGHT</t>
+  </si>
+  <si>
+    <t>DRAYTON</t>
+  </si>
+  <si>
+    <t>BALLARD</t>
+  </si>
+  <si>
+    <t>WESTBROOK</t>
+  </si>
+  <si>
+    <t>TOOWOOMBA CITY</t>
+  </si>
+  <si>
+    <t>MIDDLE RIDGE</t>
+  </si>
+  <si>
+    <t>BURNETT HEADS</t>
+  </si>
+  <si>
+    <t>BARGARA</t>
+  </si>
+  <si>
+    <t>NORVILLE</t>
+  </si>
+  <si>
+    <t>SVENSSON HEIGHTS</t>
+  </si>
+  <si>
+    <t>BUNDABERG CENTRAL</t>
+  </si>
+  <si>
+    <t>BUNDABERG SOUTH</t>
+  </si>
+  <si>
+    <t>KEPNOCK</t>
+  </si>
+  <si>
+    <t>WALKERVALE</t>
+  </si>
+  <si>
+    <t>WOODGATE</t>
+  </si>
+  <si>
+    <t>SOUTH BINGERA</t>
+  </si>
+  <si>
+    <t>SHARON</t>
+  </si>
+  <si>
+    <t>CHILDERS</t>
+  </si>
+  <si>
+    <t>APPLE TREE CREEK</t>
+  </si>
+  <si>
+    <t>CORDALBA</t>
+  </si>
+  <si>
+    <t>14/02/2026</t>
+  </si>
+  <si>
+    <t>Event</t>
+  </si>
+  <si>
+    <t>NARRE WARREN</t>
+  </si>
+  <si>
+    <t>BLACKBURN</t>
+  </si>
+  <si>
+    <t>BORONIA</t>
+  </si>
+  <si>
+    <t>FERNTREE GULLY</t>
+  </si>
+  <si>
+    <t>WANTIRNA SOUTH</t>
+  </si>
+  <si>
+    <t>BAYSWATER NORTH</t>
+  </si>
+  <si>
+    <t>RINGWOOD EAST</t>
+  </si>
+  <si>
+    <t>RIDDELLS CREEK</t>
+  </si>
+  <si>
+    <t>KOO WEE RUP</t>
+  </si>
+  <si>
+    <t>PASCOE VALE SOUTH</t>
+  </si>
+  <si>
+    <t>NORTHCOTE</t>
+  </si>
+  <si>
+    <t>NEWPORT</t>
+  </si>
+  <si>
+    <t>WATSONIA</t>
+  </si>
+  <si>
+    <t>COBURG</t>
+  </si>
+  <si>
+    <t>BRIGHTON EAST</t>
+  </si>
+  <si>
+    <t>ST KILDA</t>
+  </si>
+  <si>
+    <t>CLAYTON</t>
+  </si>
+  <si>
+    <t>MELBOURNE</t>
+  </si>
+  <si>
+    <t>MOORABBIN</t>
+  </si>
+  <si>
+    <t>LALOR</t>
+  </si>
+  <si>
+    <t>LANG LANG</t>
+  </si>
+  <si>
+    <t>KILSYTH</t>
+  </si>
+  <si>
+    <t>BRUNSWICK</t>
+  </si>
+  <si>
+    <t>PASCOE VALE</t>
+  </si>
+  <si>
+    <t>WERRIBEE</t>
+  </si>
+  <si>
+    <t>TOORADIN</t>
+  </si>
+  <si>
+    <t>MARIBYRNONG</t>
+  </si>
+  <si>
+    <t>SOUTH MELBOURNE</t>
+  </si>
+  <si>
+    <t>SOUTHBANK</t>
+  </si>
+  <si>
+    <t>160-194 MAIN STREET</t>
+  </si>
+  <si>
+    <t>CNR NARRE WARREN CRANBOURNE RD &amp; LITTLECROFT AVE</t>
+  </si>
+  <si>
+    <t>11 SALISBURY AVE</t>
+  </si>
+  <si>
+    <t>FLORISTON RD</t>
+  </si>
+  <si>
+    <t>5 CHANDLER RD</t>
+  </si>
+  <si>
+    <t>9-13 ALPINE ST</t>
+  </si>
+  <si>
+    <t>191-195 STUDFIELD RD</t>
+  </si>
+  <si>
+    <t>300 CANTERBURY RD</t>
+  </si>
+  <si>
+    <t>82-90 RAILWAY AVE</t>
+  </si>
+  <si>
+    <t>2 STATION STREET</t>
+  </si>
+  <si>
+    <t>2 PRINCES DOMAIN DR</t>
+  </si>
+  <si>
+    <t>1144-1146 MT ALEXANDER RD</t>
+  </si>
+  <si>
+    <t>25/29-65 STATION ST</t>
+  </si>
+  <si>
+    <t>366-368 BELL ST</t>
+  </si>
+  <si>
+    <t>40-44 BONWICK ST</t>
+  </si>
+  <si>
+    <t>170-172 TENNYSON ST</t>
+  </si>
+  <si>
+    <t>284-288 HIGH ST</t>
+  </si>
+  <si>
+    <t>LEVEL 8/2 MASON ST</t>
+  </si>
+  <si>
+    <t>97 WATSONIA RD</t>
+  </si>
+  <si>
+    <t>995 MT ALEXANDER RD</t>
+  </si>
+  <si>
+    <t>451-459 SYDNEY RD</t>
+  </si>
+  <si>
+    <t>531 NEPEAN HWY</t>
+  </si>
+  <si>
+    <t>64 FITZROY ST</t>
+  </si>
+  <si>
+    <t>CENTRE RD &amp; COOKE ST</t>
+  </si>
+  <si>
+    <t>385 BOURKE ST</t>
+  </si>
+  <si>
+    <t>CNR FAIRCHILD ST &amp; WARRIGAL RD</t>
+  </si>
+  <si>
+    <t>47 MAY RD</t>
+  </si>
+  <si>
+    <t>30/32 WESTERNPORT RD</t>
+  </si>
+  <si>
+    <t>540 MT DANDENONG RD</t>
+  </si>
+  <si>
+    <t>34 ELIZABETH ST</t>
+  </si>
+  <si>
+    <t>1009 BURWOOD HWY</t>
+  </si>
+  <si>
+    <t>292-298 SYDNEY RD</t>
+  </si>
+  <si>
+    <t>110-112 KENT RD</t>
+  </si>
+  <si>
+    <t>135 INKERMAN ST</t>
+  </si>
+  <si>
+    <t>92 COTTRELL ST</t>
+  </si>
+  <si>
+    <t>104 SOUTH GIPPSLAND HWY</t>
+  </si>
+  <si>
+    <t>128 HIGH ST</t>
+  </si>
+  <si>
+    <t>179 ROSAMOND RD</t>
+  </si>
+  <si>
+    <t>117 ACLAND ST</t>
+  </si>
+  <si>
+    <t>78 BAY ST</t>
+  </si>
+  <si>
+    <t>287 BAY ST</t>
+  </si>
+  <si>
+    <t>147-151 ACLAND ST</t>
+  </si>
+  <si>
+    <t>306-314 CLARENDON ST</t>
+  </si>
+  <si>
+    <t>42-48 CLARENDON ST</t>
+  </si>
+  <si>
+    <t>THE VILLAGE BACCHUS MARSH</t>
+  </si>
+  <si>
+    <t>CASEY CENTRAL, NARRE WARREN</t>
+  </si>
+  <si>
+    <t>IGA XPRESS LABURNUM PLUS LIQUOR</t>
+  </si>
+  <si>
+    <t>COLES BORONIA</t>
+  </si>
+  <si>
+    <t>KMART BORONIA</t>
+  </si>
+  <si>
+    <t>FERNTREE GULLY FOODWORKS SUPERMARKET</t>
+  </si>
+  <si>
+    <t>IGA STUDFIELD</t>
+  </si>
+  <si>
+    <t>ANACONDA BAYSWATER</t>
+  </si>
+  <si>
+    <t>RITCHIES IGA RINGWOOD EAST</t>
+  </si>
+  <si>
+    <t>FOODWORKS RIDDELLS CREEK</t>
+  </si>
+  <si>
+    <t>COLES HALLAM</t>
+  </si>
+  <si>
+    <t>COLES ESSENDON</t>
+  </si>
+  <si>
+    <t>WOOLWORTHS KOO WEE RUP</t>
+  </si>
+  <si>
+    <t>IGA PASCOE VALE SOUTH</t>
+  </si>
+  <si>
+    <t>IGA FAWKNER</t>
+  </si>
+  <si>
+    <t>ELWOOD LICENSED SUPERMARKET</t>
+  </si>
+  <si>
+    <t>IGA NORTHCOTE</t>
+  </si>
+  <si>
+    <t>THE HAPPY APPLE NEWPORT</t>
+  </si>
+  <si>
+    <t>IGA WATSONIA - WATSONIA RD</t>
+  </si>
+  <si>
+    <t>THE HAPPY APPLE ESSENDON</t>
+  </si>
+  <si>
+    <t>COLES COBURG</t>
+  </si>
+  <si>
+    <t>FITNESS FIRST BRIGHTON</t>
+  </si>
+  <si>
+    <t>WOOLWORTHS ST KILDA WEST</t>
+  </si>
+  <si>
+    <t>COLES CLAYTON (CENTRE RD)</t>
+  </si>
+  <si>
+    <t>GALLERIA MELBOURNE</t>
+  </si>
+  <si>
+    <t>BUNNINGS MOORABBIN</t>
+  </si>
+  <si>
+    <t>COLES LALOR</t>
+  </si>
+  <si>
+    <t>IGA LANG LANG PLUS LIQUOR</t>
+  </si>
+  <si>
+    <t>ALDI KILSYTH</t>
+  </si>
+  <si>
+    <t>ALDI PRAHRAN</t>
+  </si>
+  <si>
+    <t>ALDI FERNTREE GULLY</t>
+  </si>
+  <si>
+    <t>ALDI BRUNSWICK</t>
+  </si>
+  <si>
+    <t>IGA X-PRESS PASCOE VALE</t>
+  </si>
+  <si>
+    <t>ALDI ST KILDA</t>
+  </si>
+  <si>
+    <t>FOODWORKS WERRIBEE</t>
+  </si>
+  <si>
+    <t>FOODWORKS TOORADIN</t>
+  </si>
+  <si>
+    <t>IGA WOODEND</t>
+  </si>
+  <si>
+    <t>SPOTLIGHT MARIBYRNONG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WOOLWORTHS ST KILDA </t>
+  </si>
+  <si>
+    <t>IGA PORT MELBOURNE PLUS LIQUOR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHEMIST WAREHOUSE PORT MELBOURNE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHEMIST WAREHOUSE ST KILDA - ACLAND STREET </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHEMIST WAREHOUSE SOUTH MELBOURNE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLARENDON ST IGA XPRESS PLUS LIQUOR </t>
+  </si>
+  <si>
+    <t>MITRE 10 BRIGHTON VIC</t>
+  </si>
+  <si>
+    <t>ALDI ARMSTRONG CREEK</t>
+  </si>
+  <si>
+    <t>ALDI HIGHTON</t>
+  </si>
+  <si>
+    <t>WOOLWORTHS NEWTOWN</t>
+  </si>
+  <si>
+    <t>BCF SHEPPARTON</t>
+  </si>
+  <si>
+    <t>STANHOPE SUPERMARKET</t>
+  </si>
+  <si>
+    <t>EILDON GROCER</t>
+  </si>
+  <si>
+    <t>INDENTED HEAD GENERAL STORE</t>
+  </si>
+  <si>
+    <t>JETTS GEELONG WEST</t>
+  </si>
+  <si>
+    <t>SPOTLIGHT GEELONG</t>
+  </si>
+  <si>
+    <t>FAGG'S MITRE 10 WALLINGTON</t>
+  </si>
+  <si>
+    <t>ALDI DRYSDALE</t>
+  </si>
+  <si>
+    <t>ALDI GEELONG WEST</t>
+  </si>
+  <si>
+    <t>ALDI CORIO</t>
+  </si>
+  <si>
+    <t>ALDI BELL PARK</t>
+  </si>
+  <si>
+    <t>ALDI GROVEDALE</t>
+  </si>
+  <si>
+    <t>WOOLWORTHS DRYSDALE</t>
+  </si>
+  <si>
+    <t>MARKET SQUARE SHOPPING CENTRE</t>
+  </si>
+  <si>
+    <t>WOOLWORTHS PORTARLINGTON</t>
+  </si>
+  <si>
+    <t>WOOLWORTHS KILSYTH</t>
+  </si>
+  <si>
+    <t>ANAKIE GENERAL STORE</t>
+  </si>
+  <si>
+    <t>NQR NORTH GEELONG</t>
+  </si>
+  <si>
+    <t>KMART HASTINGS</t>
+  </si>
+  <si>
+    <t>COLES BRUNSWICK WEST</t>
+  </si>
+  <si>
+    <t>VILLAGE GROCER GRAND BOULEVARD CRAIGIEBURN</t>
+  </si>
+  <si>
+    <t>343 NEW ST</t>
+  </si>
+  <si>
+    <t>35-43 CENTRAL BVD</t>
+  </si>
+  <si>
+    <t>245 - 253 S VALLEY RD</t>
+  </si>
+  <si>
+    <t>CNR SHANNON AVE &amp; ABERDEEN ST</t>
+  </si>
+  <si>
+    <t>130-160 BENALLA RD</t>
+  </si>
+  <si>
+    <t>1-3 BIRDWOOD AVE</t>
+  </si>
+  <si>
+    <t>18 MAIN ST</t>
+  </si>
+  <si>
+    <t>313 THE ESPLANADE</t>
+  </si>
+  <si>
+    <t>63 PAKINGTON ST</t>
+  </si>
+  <si>
+    <t>25-27 SETTLEMENT RD</t>
+  </si>
+  <si>
+    <t>365 GRUBB RD</t>
+  </si>
+  <si>
+    <t>12/22 MURRADOC RD</t>
+  </si>
+  <si>
+    <t>117-127 ALBERT ST</t>
+  </si>
+  <si>
+    <t>465 PRINCES HWY</t>
+  </si>
+  <si>
+    <t>9/222 ANAKIE RD</t>
+  </si>
+  <si>
+    <t>142 TORQUAY RD</t>
+  </si>
+  <si>
+    <t>16 WYNDHAM ST</t>
+  </si>
+  <si>
+    <t>CNR MALOP &amp; MOORABOOL STS</t>
+  </si>
+  <si>
+    <t>6-8 BROWN ST</t>
+  </si>
+  <si>
+    <t>CNR MT DANDENONG &amp; RUSSO PL</t>
+  </si>
+  <si>
+    <t>2153 GEELONG-BALLAN RD</t>
+  </si>
+  <si>
+    <t>131 SEPARATION ST</t>
+  </si>
+  <si>
+    <t>12-22 VICTORIA ST</t>
+  </si>
+  <si>
+    <t>190 UNION ST</t>
+  </si>
+  <si>
+    <t>27-29 PRINCES CCT</t>
+  </si>
+  <si>
+    <t>BRIGHTON</t>
+  </si>
+  <si>
+    <t>ARMSTRONG CREEK</t>
+  </si>
+  <si>
+    <t>HIGHTON</t>
+  </si>
+  <si>
+    <t>SHEPPARTON</t>
+  </si>
+  <si>
+    <t>STANHOPE</t>
+  </si>
+  <si>
+    <t>EILDON</t>
+  </si>
+  <si>
+    <t>INDENTED HEAD</t>
+  </si>
+  <si>
+    <t>GEELONG WEST</t>
+  </si>
+  <si>
+    <t>BELMONT</t>
+  </si>
+  <si>
+    <t>WALLINGTON</t>
+  </si>
+  <si>
+    <t>DRYSDALE</t>
+  </si>
+  <si>
+    <t>CORIO</t>
+  </si>
+  <si>
+    <t>BELL PARK</t>
+  </si>
+  <si>
+    <t>GROVEDALE</t>
+  </si>
+  <si>
+    <t>GEELONG</t>
+  </si>
+  <si>
+    <t>PORTARLINGTON</t>
+  </si>
+  <si>
+    <t>ANAKIE</t>
+  </si>
+  <si>
+    <t>NORTH GEELONG</t>
+  </si>
+  <si>
+    <t>HASTINGS</t>
+  </si>
+  <si>
+    <t>CRAIGIEBURN</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>CNR BELL &amp; ALBERT STS</t>
+  </si>
+  <si>
+    <t>342-344 BELMORE RD</t>
+  </si>
+  <si>
+    <t>17 WALPOLE ST</t>
+  </si>
+  <si>
+    <t>85 MAIN ST</t>
+  </si>
+  <si>
+    <t>323-325 SPRING ST</t>
+  </si>
+  <si>
+    <t>CNR WATTLE &amp; CATO STS</t>
+  </si>
+  <si>
+    <t>571-583 HIGH ST</t>
+  </si>
+  <si>
+    <t>1313 POINT NEPEAN HWY</t>
+  </si>
+  <si>
+    <t>23-27 NEPEAN HWY</t>
+  </si>
+  <si>
+    <t>322-326 COVENTRY ST</t>
+  </si>
+  <si>
+    <t>BCF PRESTON</t>
+  </si>
+  <si>
+    <t>COLES BALWYN EAST</t>
+  </si>
+  <si>
+    <t>WOOLWORTHS KEW</t>
+  </si>
+  <si>
+    <t>IGA GEMBROOK</t>
+  </si>
+  <si>
+    <t>COLES RESERVOIR - SPRING ST</t>
+  </si>
+  <si>
+    <t>WOOLWORTHS PRAHRAN</t>
+  </si>
+  <si>
+    <t>PACIFIC EPPING</t>
+  </si>
+  <si>
+    <t>ALDI ROSEBUD</t>
+  </si>
+  <si>
+    <t>BUNNINGS MENTONE</t>
+  </si>
+  <si>
+    <t>SOUTH MELBOURNE MARKET</t>
+  </si>
+  <si>
+    <t>31-33 BATH ST</t>
+  </si>
+  <si>
+    <t>CNR MENTONE PDE &amp; BRENDISE ST</t>
+  </si>
+  <si>
+    <t>7-11 JENNINGS ST</t>
+  </si>
+  <si>
+    <t>WOOLWORTHS CHELSEA</t>
+  </si>
+  <si>
+    <t>COLES MENTONE</t>
+  </si>
+  <si>
+    <t>WOOLWORTHS KYNETON</t>
+  </si>
+  <si>
+    <t>PRESTON</t>
+  </si>
+  <si>
+    <t>BALWYN EAST</t>
+  </si>
+  <si>
+    <t>KEW</t>
+  </si>
+  <si>
+    <t>GEMBROOK</t>
+  </si>
+  <si>
+    <t>RESERVOIR</t>
+  </si>
+  <si>
+    <t>ROSEBUD</t>
+  </si>
+  <si>
+    <t>MENTONE</t>
+  </si>
+  <si>
+    <t>CHELSEA</t>
+  </si>
+  <si>
+    <t>KYNETON</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
+  </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...2 lines deleted...]
-      <name val="Aptos"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
-    </font>
-[...4 lines deleted...]
-      <charset val="1"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF000000"/>
-      <name val="Aptos Narrow"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDAF2D0"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="33">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="14" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" readingOrder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="6" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" readingOrder="1"/>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="145F82"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E87331"/>
       </a:accent2>
       <a:accent3>
@@ -571,454 +2147,8406 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2846C8E8-3600-47BC-B4DE-F4BF158EC198}">
-  <dimension ref="A1:K25"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E799C8CC-63DB-4A7B-8960-9859A9E7DC5E}">
+  <dimension ref="A1:H3"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G14" sqref="G14"/>
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="D20" sqref="D20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="14" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="16" customWidth="1"/>
+    <col min="1" max="1" width="13.81640625" style="11" customWidth="1"/>
+    <col min="2" max="2" width="12.54296875" style="11" customWidth="1"/>
+    <col min="3" max="3" width="8.7265625" style="11"/>
+    <col min="4" max="4" width="11.81640625" style="11" customWidth="1"/>
+    <col min="5" max="5" width="14.54296875" style="11" customWidth="1"/>
+    <col min="6" max="6" width="12.81640625" style="11" customWidth="1"/>
+    <col min="7" max="7" width="32.26953125" style="11" customWidth="1"/>
+    <col min="8" max="8" width="25" style="11" customWidth="1"/>
+    <col min="9" max="16384" width="8.7265625" style="11"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E1" s="5" t="s">
+    <row r="1" spans="1:8" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A1" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="5" t="s">
+      <c r="B1" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="5" t="s">
+      <c r="C1" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="5" t="s">
+      <c r="D1" s="10" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="E1" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="G1" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="H1" s="10" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
     </row>
-    <row r="3" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A3" s="6" t="s">
+    <row r="3" spans="1:8" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="D3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="F3" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2" t="s">
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:K105"/>
+  <sheetViews>
+    <sheetView topLeftCell="A76" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="G28" sqref="G28"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="13.1796875" style="17" customWidth="1"/>
+    <col min="2" max="2" width="15.453125" style="17" customWidth="1"/>
+    <col min="3" max="3" width="8.7265625" style="7"/>
+    <col min="4" max="4" width="20.7265625" style="11" customWidth="1"/>
+    <col min="5" max="5" width="11.7265625" style="11" customWidth="1"/>
+    <col min="6" max="6" width="14" style="11" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="46.453125" style="11" customWidth="1"/>
+    <col min="8" max="8" width="47" style="11" customWidth="1"/>
+    <col min="9" max="11" width="8.7265625" style="11"/>
+    <col min="12" max="12" width="12.7265625" style="11" customWidth="1"/>
+    <col min="13" max="16384" width="8.7265625" style="11"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A1" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B1" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="E1" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="F1" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="G1" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="B3" s="2" t="s">
+      <c r="H1" s="10" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A2" s="15"/>
+      <c r="B2" s="15"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+    </row>
+    <row r="3" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="D3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="F3" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="K4" s="9"/>
+    </row>
+    <row r="5" spans="1:11" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="21">
+        <v>45705</v>
+      </c>
+      <c r="B5" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" s="6">
+        <v>2780</v>
+      </c>
+      <c r="F5" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="H5" s="6"/>
+      <c r="K5" s="9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="21">
+        <v>45705</v>
+      </c>
+      <c r="B6" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="D6" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="6">
+        <v>2790</v>
+      </c>
+      <c r="F6" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="H6" s="6"/>
+      <c r="K6" s="9" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="21">
+        <v>45705</v>
+      </c>
+      <c r="B7" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="5">
+        <v>2333</v>
+      </c>
+      <c r="F7" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="H7" s="5"/>
+    </row>
+    <row r="8" spans="1:11" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="21">
+        <v>45705</v>
+      </c>
+      <c r="B8" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="5">
+        <v>2337</v>
+      </c>
+      <c r="F8" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="H8" s="5"/>
+    </row>
+    <row r="9" spans="1:11" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="21">
+        <v>45705</v>
+      </c>
+      <c r="B9" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E9" s="5">
+        <v>2330</v>
+      </c>
+      <c r="F9" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="H9" s="5"/>
+    </row>
+    <row r="10" spans="1:11" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="21">
+        <v>45705</v>
+      </c>
+      <c r="B10" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" s="5">
+        <v>2335</v>
+      </c>
+      <c r="F10" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="H10" s="5"/>
+    </row>
+    <row r="11" spans="1:11" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="21">
+        <v>45718</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" s="6">
+        <v>2083</v>
+      </c>
+      <c r="F11" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="H11" s="6"/>
+    </row>
+    <row r="12" spans="1:11" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="21">
+        <v>45718</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="D12" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" s="6">
+        <v>2250</v>
+      </c>
+      <c r="F12" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="H12" s="6"/>
+    </row>
+    <row r="13" spans="1:11" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="B13" s="21">
+        <v>45718</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E13" s="6">
+        <v>2259</v>
+      </c>
+      <c r="F13" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="H13" s="6"/>
+    </row>
+    <row r="14" spans="1:11" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="B14" s="21">
+        <v>45718</v>
+      </c>
+      <c r="C14" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E14" s="6">
+        <v>2263</v>
+      </c>
+      <c r="F14" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="H14" s="6"/>
+    </row>
+    <row r="15" spans="1:11" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="B15" s="21">
+        <v>45718</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="E15" s="6">
+        <v>2548</v>
+      </c>
+      <c r="F15" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="H15" s="6"/>
+    </row>
+    <row r="16" spans="1:11" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="B16" s="21">
+        <v>45718</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="E16" s="6">
+        <v>2550</v>
+      </c>
+      <c r="F16" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="H16" s="6"/>
+    </row>
+    <row r="17" spans="1:11" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="B17" s="21">
+        <v>45718</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="E17" s="6">
+        <v>2551</v>
+      </c>
+      <c r="F17" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="H17" s="6"/>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A18" s="19">
+        <v>46055</v>
+      </c>
+      <c r="B18" s="19">
+        <v>46060</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="D18" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" s="9">
+        <v>2731</v>
+      </c>
+      <c r="F18" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A19" s="19">
+        <v>46055</v>
+      </c>
+      <c r="B19" s="19">
+        <v>46060</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>122</v>
+      </c>
+      <c r="E19" s="9">
+        <v>2731</v>
+      </c>
+      <c r="F19" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A20" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B20" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D20" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E20" s="7">
+        <v>2019</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K20" s="9"/>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A21" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B21" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E21" s="7">
+        <v>2042</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K21" s="9"/>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A22" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B22" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D22" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E22" s="7">
+        <v>2044</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K22" s="9"/>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A23" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B23" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="E23" s="7">
+        <v>2046</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A24" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B24" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E24" s="7">
+        <v>2049</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A25" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B25" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E25" s="7">
+        <v>2050</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A26" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B26" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E26" s="7">
+        <v>2067</v>
+      </c>
+      <c r="F26" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A27" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B27" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D27" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E27" s="7">
+        <v>2093</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A28" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B28" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E28" s="7">
+        <v>2112</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A29" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B29" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D29" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E29" s="7">
+        <v>2113</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A30" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B30" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="E30" s="7">
+        <v>2113</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A31" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B31" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="E31" s="7">
+        <v>2117</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A32" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B32" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D32" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E32" s="7">
+        <v>2121</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A33" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B33" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D33" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="E33" s="7">
+        <v>2122</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A34" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B34" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="E34" s="7">
+        <v>2130</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A35" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B35" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D35" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="E35" s="7">
+        <v>2131</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A36" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B36" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D36" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E36" s="7">
+        <v>2132</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A37" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B37" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E37" s="7">
+        <v>2133</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A38" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B38" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E38" s="7">
+        <v>2134</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A39" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B39" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D39" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E39" s="7">
+        <v>2135</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A40" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B40" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D40" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E40" s="7">
+        <v>2136</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A41" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B41" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D41" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E41" s="7">
+        <v>2136</v>
+      </c>
+      <c r="F41" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A42" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B42" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C42" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D42" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E42" s="7">
+        <v>2137</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A43" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B43" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E43" s="7">
+        <v>2147</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A44" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B44" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D44" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E44" s="7">
+        <v>2150</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A45" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B45" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D45" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E45" s="7">
+        <v>2150</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A46" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B46" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D46" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E46" s="7">
+        <v>2153</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A47" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B47" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D47" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E47" s="7">
+        <v>2166</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A48" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B48" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D48" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E48" s="7">
+        <v>2166</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A49" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B49" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D49" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E49" s="7">
+        <v>2170</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A50" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B50" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D50" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="E50" s="7">
+        <v>2170</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A51" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B51" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D51" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E51" s="7">
+        <v>2200</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A52" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B52" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D52" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E52" s="7">
+        <v>2203</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A53" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B53" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D53" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="E53" s="7">
+        <v>2204</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A54" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B54" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D54" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E54" s="7">
+        <v>2206</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A55" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B55" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D55" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E55" s="7">
+        <v>2209</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A56" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B56" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D56" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="E56" s="7">
+        <v>2210</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A57" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B57" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D57" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="E57" s="7">
+        <v>2212</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A58" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B58" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D58" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="E58" s="7">
+        <v>2213</v>
+      </c>
+      <c r="F58" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A59" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B59" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D59" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="E59" s="7">
+        <v>2223</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A60" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B60" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D60" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="E60" s="7">
+        <v>2232</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A61" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B61" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D61" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="E61" s="7">
+        <v>2250</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A62" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B62" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C62" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D62" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="E62" s="7">
+        <v>2250</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A63" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B63" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D63" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="E63" s="7">
+        <v>2250</v>
+      </c>
+      <c r="F63" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A64" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B64" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D64" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="E64" s="7">
+        <v>2250</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A65" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B65" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C65" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D65" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="E65" s="7">
+        <v>2258</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A66" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B66" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C66" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D66" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="E66" s="7">
+        <v>2560</v>
+      </c>
+      <c r="F66" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A67" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B67" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C67" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D67" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="E67" s="7">
+        <v>2560</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A68" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B68" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D68" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="E68" s="7">
+        <v>2566</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A69" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B69" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D69" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E69" s="7">
+        <v>2569</v>
+      </c>
+      <c r="F69" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A70" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B70" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D70" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="E70" s="7">
+        <v>2571</v>
+      </c>
+      <c r="F70" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A71" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B71" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D71" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="E71" s="7">
+        <v>2573</v>
+      </c>
+      <c r="F71" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A72" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B72" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C72" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D72" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="E72" s="7">
+        <v>2574</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A73" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B73" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C73" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D73" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="E73" s="7">
+        <v>2577</v>
+      </c>
+      <c r="F73" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A74" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B74" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C74" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D74" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="E74" s="7">
+        <v>2750</v>
+      </c>
+      <c r="F74" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A75" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B75" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C75" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D75" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="E75" s="7">
+        <v>2750</v>
+      </c>
+      <c r="F75" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A76" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B76" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C76" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D76" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="E76" s="7">
+        <v>2750</v>
+      </c>
+      <c r="F76" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A77" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B77" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C77" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D77" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="E77" s="7">
+        <v>2753</v>
+      </c>
+      <c r="F77" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A78" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B78" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C78" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D78" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="E78" s="7">
+        <v>2753</v>
+      </c>
+      <c r="F78" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A79" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B79" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C79" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D79" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="E79" s="7">
+        <v>2753</v>
+      </c>
+      <c r="F79" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A80" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B80" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C80" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D80" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="E80" s="7">
+        <v>2754</v>
+      </c>
+      <c r="F80" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A81" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B81" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C81" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D81" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="E81" s="7">
+        <v>2756</v>
+      </c>
+      <c r="F81" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A82" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B82" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C82" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D82" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="E82" s="7">
+        <v>2756</v>
+      </c>
+      <c r="F82" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A83" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B83" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C83" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D83" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="E83" s="7">
+        <v>2756</v>
+      </c>
+      <c r="F83" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A84" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B84" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C84" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D84" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="E84" s="7">
+        <v>2758</v>
+      </c>
+      <c r="F84" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A85" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B85" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C85" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D85" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="E85" s="7">
+        <v>2758</v>
+      </c>
+      <c r="F85" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A86" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B86" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C86" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D86" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="E86" s="7">
+        <v>2759</v>
+      </c>
+      <c r="F86" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A87" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B87" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C87" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D87" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="E87" s="7">
+        <v>2762</v>
+      </c>
+      <c r="F87" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A88" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B88" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C88" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D88" s="7" t="s">
+        <v>104</v>
+      </c>
+      <c r="E88" s="7">
+        <v>2763</v>
+      </c>
+      <c r="F88" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A89" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B89" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C89" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D89" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="E89" s="7">
+        <v>2765</v>
+      </c>
+      <c r="F89" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A90" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B90" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C90" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D90" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="E90" s="7">
+        <v>2766</v>
+      </c>
+      <c r="F90" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A91" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B91" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C91" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D91" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="E91" s="7">
+        <v>2768</v>
+      </c>
+      <c r="F91" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A92" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B92" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C92" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D92" s="7" t="s">
+        <v>108</v>
+      </c>
+      <c r="E92" s="7">
+        <v>2770</v>
+      </c>
+      <c r="F92" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A93" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B93" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C93" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D93" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="E93" s="7">
+        <v>2773</v>
+      </c>
+      <c r="F93" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A94" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B94" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C94" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D94" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="E94" s="7">
+        <v>2773</v>
+      </c>
+      <c r="F94" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A95" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B95" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C95" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D95" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="E95" s="7">
+        <v>2774</v>
+      </c>
+      <c r="F95" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A96" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B96" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C96" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D96" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="E96" s="7">
+        <v>2774</v>
+      </c>
+      <c r="F96" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A97" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B97" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C97" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D97" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="E97" s="7">
+        <v>2774</v>
+      </c>
+      <c r="F97" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A98" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B98" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C98" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D98" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="E98" s="7">
+        <v>2776</v>
+      </c>
+      <c r="F98" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A99" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B99" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C99" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D99" s="7" t="s">
+        <v>115</v>
+      </c>
+      <c r="E99" s="7">
+        <v>2777</v>
+      </c>
+      <c r="F99" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A100" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B100" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C100" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D100" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="E100" s="7">
+        <v>2777</v>
+      </c>
+      <c r="F100" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A101" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B101" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C101" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D101" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="E101" s="7">
+        <v>2782</v>
+      </c>
+      <c r="F101" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A102" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B102" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C102" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D102" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="E102" s="7">
+        <v>2783</v>
+      </c>
+      <c r="F102" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A103" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B103" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C103" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D103" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="E103" s="7">
+        <v>2790</v>
+      </c>
+      <c r="F103" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A104" s="23">
+        <v>46063</v>
+      </c>
+      <c r="B104" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C104" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D104" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="E104" s="7">
+        <v>2850</v>
+      </c>
+      <c r="F104" s="7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A105" s="19" t="s">
+        <v>29</v>
+      </c>
+      <c r="B105" s="19" t="s">
+        <v>30</v>
+      </c>
+      <c r="C105" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="D105" s="7" t="s">
+        <v>123</v>
+      </c>
+      <c r="E105" s="9">
+        <v>2714</v>
+      </c>
+      <c r="F105" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D5B5803F-B7DA-45BA-977B-0BCB89BC5F57}">
+  <dimension ref="A1:H181"/>
+  <sheetViews>
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="K176" sqref="K176"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="13.54296875" style="23" customWidth="1"/>
+    <col min="2" max="2" width="13.26953125" style="29" customWidth="1"/>
+    <col min="3" max="3" width="8.7265625" style="7"/>
+    <col min="4" max="4" width="20.453125" style="7" customWidth="1"/>
+    <col min="5" max="5" width="10.6328125" style="7" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="12.81640625" style="7" customWidth="1"/>
+    <col min="7" max="7" width="52.81640625" style="7" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="46.1796875" style="7" customWidth="1"/>
+    <col min="9" max="16384" width="8.7265625" style="11"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A1" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B1" s="26" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="E1" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="F1" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="G1" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="H1" s="10" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A2" s="22"/>
+      <c r="B2" s="27"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+    </row>
+    <row r="3" spans="1:8" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="D3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="F3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="G3" s="4"/>
+      <c r="H3" s="4"/>
+    </row>
+    <row r="4" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A5" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B5" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C5" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D5" s="8" t="s">
+        <v>124</v>
+      </c>
+      <c r="E5" s="8">
+        <v>3003</v>
+      </c>
+      <c r="F5" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A6" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B6" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="E6" s="8">
+        <v>3008</v>
+      </c>
+      <c r="F6" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A7" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B7" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C7" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D7" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="E7" s="8">
+        <v>3023</v>
+      </c>
+      <c r="F7" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A8" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B8" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C8" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="E8" s="8">
+        <v>3023</v>
+      </c>
+      <c r="F8" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A9" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B9" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="E9" s="8">
+        <v>3024</v>
+      </c>
+      <c r="F9" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A10" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B10" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="E10" s="8">
+        <v>3029</v>
+      </c>
+      <c r="F10" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A11" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B11" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="E11" s="8">
+        <v>3029</v>
+      </c>
+      <c r="F11" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A12" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B12" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="E12" s="8">
+        <v>3032</v>
+      </c>
+      <c r="F12" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A13" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B13" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="E13" s="8">
+        <v>3032</v>
+      </c>
+      <c r="F13" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A14" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B14" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="E14" s="8">
+        <v>3033</v>
+      </c>
+      <c r="F14" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A15" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B15" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D15" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="E15" s="8">
+        <v>3034</v>
+      </c>
+      <c r="F15" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A16" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B16" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D16" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="E16" s="8">
+        <v>3039</v>
+      </c>
+      <c r="F16" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A17" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B17" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>136</v>
+      </c>
+      <c r="E17" s="8">
+        <v>3040</v>
+      </c>
+      <c r="F17" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A18" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B18" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>137</v>
+      </c>
+      <c r="E18" s="8">
+        <v>3040</v>
+      </c>
+      <c r="F18" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A19" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B19" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D19" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="E19" s="8">
+        <v>3040</v>
+      </c>
+      <c r="F19" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A20" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B20" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>139</v>
+      </c>
+      <c r="E20" s="8">
+        <v>3041</v>
+      </c>
+      <c r="F20" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A21" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B21" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C21" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="E21" s="8">
+        <v>3041</v>
+      </c>
+      <c r="F21" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A22" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B22" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C22" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D22" s="8" t="s">
+        <v>141</v>
+      </c>
+      <c r="E22" s="8">
+        <v>3042</v>
+      </c>
+      <c r="F22" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A23" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B23" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D23" s="8" t="s">
+        <v>142</v>
+      </c>
+      <c r="E23" s="8">
+        <v>3042</v>
+      </c>
+      <c r="F23" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A24" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B24" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D24" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="E24" s="8">
+        <v>3046</v>
+      </c>
+      <c r="F24" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A25" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B25" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D25" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="E25" s="8">
+        <v>3046</v>
+      </c>
+      <c r="F25" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A26" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B26" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C26" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D26" s="8" t="s">
+        <v>145</v>
+      </c>
+      <c r="E26" s="8">
+        <v>3059</v>
+      </c>
+      <c r="F26" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A27" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B27" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D27" s="8" t="s">
+        <v>146</v>
+      </c>
+      <c r="E27" s="8">
+        <v>3060</v>
+      </c>
+      <c r="F27" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A28" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B28" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C28" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D28" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E28" s="8">
+        <v>3076</v>
+      </c>
+      <c r="F28" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A29" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B29" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D29" s="8" t="s">
+        <v>147</v>
+      </c>
+      <c r="E29" s="8">
+        <v>3079</v>
+      </c>
+      <c r="F29" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A30" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B30" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C30" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D30" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="E30" s="8">
+        <v>3079</v>
+      </c>
+      <c r="F30" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A31" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B31" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D31" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="E31" s="8">
+        <v>3082</v>
+      </c>
+      <c r="F31" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A32" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B32" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C32" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D32" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="E32" s="8">
+        <v>3095</v>
+      </c>
+      <c r="F32" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A33" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B33" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C33" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D33" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="E33" s="8">
+        <v>3133</v>
+      </c>
+      <c r="F33" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A34" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B34" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D34" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="E34" s="8">
+        <v>3139</v>
+      </c>
+      <c r="F34" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A35" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B35" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C35" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D35" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="E35" s="8">
+        <v>3144</v>
+      </c>
+      <c r="F35" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A36" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B36" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C36" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D36" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="E36" s="8">
+        <v>3156</v>
+      </c>
+      <c r="F36" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A37" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B37" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C37" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D37" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="E37" s="8">
+        <v>3161</v>
+      </c>
+      <c r="F37" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A38" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B38" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C38" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D38" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="E38" s="8">
+        <v>3166</v>
+      </c>
+      <c r="F38" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A39" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B39" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C39" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D39" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="E39" s="8">
+        <v>3167</v>
+      </c>
+      <c r="F39" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A40" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B40" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C40" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D40" s="8" t="s">
+        <v>158</v>
+      </c>
+      <c r="E40" s="8">
+        <v>3174</v>
+      </c>
+      <c r="F40" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A41" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B41" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C41" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D41" s="8" t="s">
+        <v>159</v>
+      </c>
+      <c r="E41" s="8">
+        <v>3175</v>
+      </c>
+      <c r="F41" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A42" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B42" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C42" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D42" s="8" t="s">
+        <v>160</v>
+      </c>
+      <c r="E42" s="8">
+        <v>3181</v>
+      </c>
+      <c r="F42" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A43" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B43" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C43" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D43" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="E43" s="8">
+        <v>3184</v>
+      </c>
+      <c r="F43" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A44" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B44" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C44" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D44" s="8" t="s">
+        <v>162</v>
+      </c>
+      <c r="E44" s="8">
+        <v>3185</v>
+      </c>
+      <c r="F44" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A45" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B45" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C45" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D45" s="8" t="s">
+        <v>163</v>
+      </c>
+      <c r="E45" s="8">
+        <v>3207</v>
+      </c>
+      <c r="F45" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A46" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B46" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C46" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D46" s="8" t="s">
+        <v>164</v>
+      </c>
+      <c r="E46" s="8">
+        <v>3335</v>
+      </c>
+      <c r="F46" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A47" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B47" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C47" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D47" s="8" t="s">
+        <v>165</v>
+      </c>
+      <c r="E47" s="8">
+        <v>3340</v>
+      </c>
+      <c r="F47" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A48" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B48" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C48" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D48" s="8" t="s">
+        <v>166</v>
+      </c>
+      <c r="E48" s="8">
+        <v>3516</v>
+      </c>
+      <c r="F48" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A49" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B49" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C49" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D49" s="8" t="s">
+        <v>167</v>
+      </c>
+      <c r="E49" s="8">
+        <v>3757</v>
+      </c>
+      <c r="F49" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A50" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B50" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C50" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D50" s="8" t="s">
+        <v>168</v>
+      </c>
+      <c r="E50" s="8">
+        <v>3758</v>
+      </c>
+      <c r="F50" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A51" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B51" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C51" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D51" s="8" t="s">
+        <v>169</v>
+      </c>
+      <c r="E51" s="8">
+        <v>3791</v>
+      </c>
+      <c r="F51" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A52" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B52" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C52" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D52" s="8" t="s">
+        <v>170</v>
+      </c>
+      <c r="E52" s="8">
+        <v>3792</v>
+      </c>
+      <c r="F52" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A53" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B53" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C53" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D53" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="E53" s="8">
+        <v>3802</v>
+      </c>
+      <c r="F53" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A54" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B54" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C54" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D54" s="8" t="s">
+        <v>172</v>
+      </c>
+      <c r="E54" s="8">
+        <v>3803</v>
+      </c>
+      <c r="F54" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A55" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B55" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C55" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D55" s="8" t="s">
+        <v>173</v>
+      </c>
+      <c r="E55" s="8">
+        <v>3809</v>
+      </c>
+      <c r="F55" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A56" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B56" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C56" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D56" s="8" t="s">
+        <v>174</v>
+      </c>
+      <c r="E56" s="8">
+        <v>3809</v>
+      </c>
+      <c r="F56" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A57" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B57" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C57" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D57" s="8" t="s">
+        <v>175</v>
+      </c>
+      <c r="E57" s="8">
+        <v>3810</v>
+      </c>
+      <c r="F57" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A58" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B58" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C58" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D58" s="8" t="s">
+        <v>176</v>
+      </c>
+      <c r="E58" s="8">
+        <v>3912</v>
+      </c>
+      <c r="F58" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A59" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B59" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D59" s="8" t="s">
+        <v>177</v>
+      </c>
+      <c r="E59" s="8">
+        <v>3912</v>
+      </c>
+      <c r="F59" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A60" s="18">
+        <v>46055</v>
+      </c>
+      <c r="B60" s="30">
+        <v>46081</v>
+      </c>
+      <c r="C60" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D60" s="8" t="s">
+        <v>178</v>
+      </c>
+      <c r="E60" s="8">
+        <v>3936</v>
+      </c>
+      <c r="F60" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A61" s="19">
+        <v>46055</v>
+      </c>
+      <c r="B61" s="31">
+        <v>46060</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D61" s="9" t="s">
+        <v>179</v>
+      </c>
+      <c r="E61" s="9">
+        <v>3620</v>
+      </c>
+      <c r="F61" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A62" s="19">
+        <v>46055</v>
+      </c>
+      <c r="B62" s="31">
+        <v>46060</v>
+      </c>
+      <c r="C62" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D62" s="9" t="s">
+        <v>180</v>
+      </c>
+      <c r="E62" s="9">
+        <v>3561</v>
+      </c>
+      <c r="F62" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A63" s="19">
+        <v>46055</v>
+      </c>
+      <c r="B63" s="31">
+        <v>46060</v>
+      </c>
+      <c r="C63" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D63" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="E63" s="9">
+        <v>3563</v>
+      </c>
+      <c r="F63" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A64" s="19">
+        <v>46055</v>
+      </c>
+      <c r="B64" s="31">
+        <v>46060</v>
+      </c>
+      <c r="C64" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D64" s="9" t="s">
+        <v>182</v>
+      </c>
+      <c r="E64" s="9">
+        <v>3564</v>
+      </c>
+      <c r="F64" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A65" s="19">
+        <v>46055</v>
+      </c>
+      <c r="B65" s="31">
+        <v>46060</v>
+      </c>
+      <c r="C65" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D65" s="9" t="s">
+        <v>183</v>
+      </c>
+      <c r="E65" s="9">
+        <v>3621</v>
+      </c>
+      <c r="F65" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A66" s="19">
+        <v>46055</v>
+      </c>
+      <c r="B66" s="31">
+        <v>46060</v>
+      </c>
+      <c r="C66" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D66" s="9" t="s">
+        <v>184</v>
+      </c>
+      <c r="E66" s="9">
+        <v>3566</v>
+      </c>
+      <c r="F66" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A67" s="19">
+        <v>46055</v>
+      </c>
+      <c r="B67" s="31">
+        <v>46060</v>
+      </c>
+      <c r="C67" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D67" s="9" t="s">
+        <v>185</v>
+      </c>
+      <c r="E67" s="9">
+        <v>3567</v>
+      </c>
+      <c r="F67" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A68" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B68" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D68" s="7" t="s">
+        <v>165</v>
+      </c>
+      <c r="E68" s="7">
+        <v>3340</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G68" s="7" t="s">
+        <v>330</v>
+      </c>
+      <c r="H68" s="7" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A69" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B69" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D69" s="7" t="s">
+        <v>301</v>
+      </c>
+      <c r="E69" s="7">
+        <v>3805</v>
+      </c>
+      <c r="F69" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G69" s="7" t="s">
+        <v>331</v>
+      </c>
+      <c r="H69" s="7" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A70" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B70" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D70" s="7" t="s">
+        <v>302</v>
+      </c>
+      <c r="E70" s="7">
+        <v>3130</v>
+      </c>
+      <c r="F70" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G70" s="7" t="s">
+        <v>332</v>
+      </c>
+      <c r="H70" s="7" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A71" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B71" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D71" s="7" t="s">
+        <v>303</v>
+      </c>
+      <c r="E71" s="7">
+        <v>3155</v>
+      </c>
+      <c r="F71" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G71" s="7" t="s">
+        <v>333</v>
+      </c>
+      <c r="H71" s="7" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A72" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B72" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C72" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D72" s="7" t="s">
+        <v>303</v>
+      </c>
+      <c r="E72" s="7">
+        <v>3155</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G72" s="7" t="s">
+        <v>334</v>
+      </c>
+      <c r="H72" s="7" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A73" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B73" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C73" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D73" s="7" t="s">
+        <v>304</v>
+      </c>
+      <c r="E73" s="7">
+        <v>3156</v>
+      </c>
+      <c r="F73" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G73" s="7" t="s">
+        <v>335</v>
+      </c>
+      <c r="H73" s="7" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A74" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B74" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C74" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D74" s="7" t="s">
+        <v>305</v>
+      </c>
+      <c r="E74" s="7">
+        <v>3152</v>
+      </c>
+      <c r="F74" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G74" s="7" t="s">
+        <v>336</v>
+      </c>
+      <c r="H74" s="7" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A75" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B75" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C75" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D75" s="7" t="s">
+        <v>306</v>
+      </c>
+      <c r="E75" s="7">
+        <v>3153</v>
+      </c>
+      <c r="F75" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G75" s="7" t="s">
+        <v>337</v>
+      </c>
+      <c r="H75" s="7" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A76" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B76" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C76" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D76" s="7" t="s">
+        <v>307</v>
+      </c>
+      <c r="E76" s="7">
+        <v>3135</v>
+      </c>
+      <c r="F76" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G76" s="7" t="s">
+        <v>338</v>
+      </c>
+      <c r="H76" s="7" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A77" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B77" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C77" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D77" s="7" t="s">
+        <v>308</v>
+      </c>
+      <c r="E77" s="7">
+        <v>3431</v>
+      </c>
+      <c r="F77" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G77" s="7" t="s">
+        <v>339</v>
+      </c>
+      <c r="H77" s="7" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A78" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B78" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C78" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D78" s="7" t="s">
+        <v>172</v>
+      </c>
+      <c r="E78" s="7">
+        <v>3803</v>
+      </c>
+      <c r="F78" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G78" s="7" t="s">
+        <v>340</v>
+      </c>
+      <c r="H78" s="7" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A79" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B79" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C79" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D79" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="E79" s="7">
+        <v>3040</v>
+      </c>
+      <c r="F79" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G79" s="7" t="s">
+        <v>341</v>
+      </c>
+      <c r="H79" s="7" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A80" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B80" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C80" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D80" s="7" t="s">
+        <v>309</v>
+      </c>
+      <c r="E80" s="7">
+        <v>3981</v>
+      </c>
+      <c r="F80" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G80" s="7" t="s">
+        <v>342</v>
+      </c>
+      <c r="H80" s="7" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A81" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B81" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C81" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D81" s="7" t="s">
+        <v>310</v>
+      </c>
+      <c r="E81" s="7">
+        <v>3304</v>
+      </c>
+      <c r="F81" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G81" s="7" t="s">
+        <v>343</v>
+      </c>
+      <c r="H81" s="7" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A82" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B82" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C82" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D82" s="7" t="s">
+        <v>146</v>
+      </c>
+      <c r="E82" s="7">
+        <v>3060</v>
+      </c>
+      <c r="F82" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G82" s="7" t="s">
+        <v>344</v>
+      </c>
+      <c r="H82" s="7" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A83" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B83" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C83" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D83" s="7" t="s">
+        <v>161</v>
+      </c>
+      <c r="E83" s="7">
+        <v>3184</v>
+      </c>
+      <c r="F83" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G83" s="7" t="s">
+        <v>345</v>
+      </c>
+      <c r="H83" s="7" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A84" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B84" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C84" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D84" s="7" t="s">
+        <v>311</v>
+      </c>
+      <c r="E84" s="7">
+        <v>3070</v>
+      </c>
+      <c r="F84" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G84" s="7" t="s">
+        <v>346</v>
+      </c>
+      <c r="H84" s="7" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A85" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B85" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C85" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D85" s="7" t="s">
+        <v>312</v>
+      </c>
+      <c r="E85" s="7">
+        <v>3015</v>
+      </c>
+      <c r="F85" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G85" s="7" t="s">
+        <v>347</v>
+      </c>
+      <c r="H85" s="7" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A86" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B86" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C86" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D86" s="7" t="s">
+        <v>313</v>
+      </c>
+      <c r="E86" s="7">
+        <v>3087</v>
+      </c>
+      <c r="F86" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G86" s="7" t="s">
+        <v>348</v>
+      </c>
+      <c r="H86" s="7" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A87" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B87" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C87" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D87" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="E87" s="7">
+        <v>3040</v>
+      </c>
+      <c r="F87" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G87" s="7" t="s">
+        <v>349</v>
+      </c>
+      <c r="H87" s="7" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A88" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B88" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C88" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D88" s="7" t="s">
+        <v>314</v>
+      </c>
+      <c r="E88" s="7">
+        <v>3058</v>
+      </c>
+      <c r="F88" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G88" s="7" t="s">
+        <v>350</v>
+      </c>
+      <c r="H88" s="7" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A89" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B89" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C89" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D89" s="7" t="s">
+        <v>315</v>
+      </c>
+      <c r="E89" s="7">
+        <v>3187</v>
+      </c>
+      <c r="F89" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G89" s="7" t="s">
+        <v>351</v>
+      </c>
+      <c r="H89" s="7" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A90" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B90" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C90" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D90" s="7" t="s">
+        <v>316</v>
+      </c>
+      <c r="E90" s="7">
+        <v>3182</v>
+      </c>
+      <c r="F90" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G90" s="7" t="s">
+        <v>352</v>
+      </c>
+      <c r="H90" s="7" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A91" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B91" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C91" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D91" s="7" t="s">
+        <v>317</v>
+      </c>
+      <c r="E91" s="7">
+        <v>3168</v>
+      </c>
+      <c r="F91" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G91" s="7" t="s">
+        <v>353</v>
+      </c>
+      <c r="H91" s="7" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A92" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B92" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C92" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D92" s="7" t="s">
+        <v>318</v>
+      </c>
+      <c r="E92" s="7">
+        <v>3000</v>
+      </c>
+      <c r="F92" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G92" s="7" t="s">
+        <v>354</v>
+      </c>
+      <c r="H92" s="7" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A93" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B93" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C93" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D93" s="7" t="s">
+        <v>319</v>
+      </c>
+      <c r="E93" s="7">
+        <v>3189</v>
+      </c>
+      <c r="F93" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G93" s="7" t="s">
+        <v>355</v>
+      </c>
+      <c r="H93" s="7" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A94" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B94" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C94" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D94" s="7" t="s">
+        <v>320</v>
+      </c>
+      <c r="E94" s="7">
+        <v>3075</v>
+      </c>
+      <c r="F94" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G94" s="7" t="s">
+        <v>356</v>
+      </c>
+      <c r="H94" s="7" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A95" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B95" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C95" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D95" s="7" t="s">
+        <v>321</v>
+      </c>
+      <c r="E95" s="7">
+        <v>3984</v>
+      </c>
+      <c r="F95" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G95" s="7" t="s">
+        <v>357</v>
+      </c>
+      <c r="H95" s="7" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A96" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B96" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C96" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D96" s="7" t="s">
+        <v>322</v>
+      </c>
+      <c r="E96" s="7">
+        <v>3137</v>
+      </c>
+      <c r="F96" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G96" s="7" t="s">
+        <v>358</v>
+      </c>
+      <c r="H96" s="7" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A97" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B97" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C97" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D97" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="E97" s="7">
+        <v>3181</v>
+      </c>
+      <c r="F97" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G97" s="7" t="s">
+        <v>359</v>
+      </c>
+      <c r="H97" s="7" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A98" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B98" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C98" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D98" s="7" t="s">
+        <v>304</v>
+      </c>
+      <c r="E98" s="7">
+        <v>3156</v>
+      </c>
+      <c r="F98" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G98" s="7" t="s">
+        <v>360</v>
+      </c>
+      <c r="H98" s="7" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A99" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B99" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C99" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D99" s="7" t="s">
+        <v>323</v>
+      </c>
+      <c r="E99" s="7">
+        <v>3056</v>
+      </c>
+      <c r="F99" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G99" s="7" t="s">
+        <v>361</v>
+      </c>
+      <c r="H99" s="7" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A100" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B100" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C100" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D100" s="7" t="s">
+        <v>324</v>
+      </c>
+      <c r="E100" s="7">
+        <v>3044</v>
+      </c>
+      <c r="F100" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G100" s="7" t="s">
+        <v>362</v>
+      </c>
+      <c r="H100" s="7" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A101" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B101" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C101" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D101" s="7" t="s">
+        <v>316</v>
+      </c>
+      <c r="E101" s="7">
+        <v>3182</v>
+      </c>
+      <c r="F101" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G101" s="7" t="s">
+        <v>363</v>
+      </c>
+      <c r="H101" s="7" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A102" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B102" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C102" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D102" s="7" t="s">
+        <v>325</v>
+      </c>
+      <c r="E102" s="7">
+        <v>3030</v>
+      </c>
+      <c r="F102" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G102" s="7" t="s">
+        <v>364</v>
+      </c>
+      <c r="H102" s="7" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A103" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B103" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C103" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D103" s="7" t="s">
+        <v>326</v>
+      </c>
+      <c r="E103" s="7">
+        <v>3980</v>
+      </c>
+      <c r="F103" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G103" s="7" t="s">
+        <v>365</v>
+      </c>
+      <c r="H103" s="7" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A104" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B104" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C104" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D104" s="7" t="s">
+        <v>186</v>
+      </c>
+      <c r="E104" s="7">
+        <v>3442</v>
+      </c>
+      <c r="F104" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G104" s="7" t="s">
+        <v>366</v>
+      </c>
+      <c r="H104" s="7" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A105" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B105" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C105" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D105" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="E105" s="7">
+        <v>3032</v>
+      </c>
+      <c r="F105" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G105" s="7" t="s">
+        <v>367</v>
+      </c>
+      <c r="H105" s="7" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A106" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B106" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C106" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D106" s="7" t="s">
+        <v>316</v>
+      </c>
+      <c r="E106" s="7">
+        <v>3182</v>
+      </c>
+      <c r="F106" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G106" s="7" t="s">
+        <v>368</v>
+      </c>
+      <c r="H106" s="7" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A107" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B107" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C107" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D107" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="E107" s="7">
+        <v>3207</v>
+      </c>
+      <c r="F107" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G107" s="7" t="s">
+        <v>369</v>
+      </c>
+      <c r="H107" s="7" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A108" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B108" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C108" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D108" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="E108" s="7">
+        <v>3207</v>
+      </c>
+      <c r="F108" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G108" s="7" t="s">
+        <v>370</v>
+      </c>
+      <c r="H108" s="7" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A109" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B109" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C109" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D109" s="7" t="s">
+        <v>316</v>
+      </c>
+      <c r="E109" s="7">
+        <v>3182</v>
+      </c>
+      <c r="F109" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G109" s="7" t="s">
+        <v>371</v>
+      </c>
+      <c r="H109" s="7" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A110" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B110" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C110" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D110" s="7" t="s">
+        <v>328</v>
+      </c>
+      <c r="E110" s="7">
+        <v>3205</v>
+      </c>
+      <c r="F110" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G110" s="7" t="s">
+        <v>372</v>
+      </c>
+      <c r="H110" s="7" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A111" s="23">
+        <v>46062</v>
+      </c>
+      <c r="B111" s="29" t="s">
+        <v>299</v>
+      </c>
+      <c r="C111" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D111" s="7" t="s">
+        <v>329</v>
+      </c>
+      <c r="E111" s="7">
+        <v>3006</v>
+      </c>
+      <c r="F111" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G111" s="7" t="s">
+        <v>373</v>
+      </c>
+      <c r="H111" s="7" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A112" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B112" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C112" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D112" s="7" t="s">
+        <v>468</v>
+      </c>
+      <c r="E112" s="7">
+        <v>3186</v>
+      </c>
+      <c r="F112" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G112" s="7" t="s">
+        <v>443</v>
+      </c>
+      <c r="H112" s="7" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A113" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B113" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C113" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D113" s="7" t="s">
+        <v>469</v>
+      </c>
+      <c r="E113" s="7">
+        <v>3217</v>
+      </c>
+      <c r="F113" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G113" s="7" t="s">
+        <v>444</v>
+      </c>
+      <c r="H113" s="7" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A114" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B114" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C114" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D114" s="7" t="s">
+        <v>470</v>
+      </c>
+      <c r="E114" s="7">
+        <v>3216</v>
+      </c>
+      <c r="F114" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G114" s="7" t="s">
+        <v>445</v>
+      </c>
+      <c r="H114" s="7" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A115" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B115" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C115" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D115" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E115" s="7">
+        <v>3220</v>
+      </c>
+      <c r="F115" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G115" s="7" t="s">
+        <v>446</v>
+      </c>
+      <c r="H115" s="7" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A116" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B116" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C116" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D116" s="7" t="s">
+        <v>471</v>
+      </c>
+      <c r="E116" s="7">
+        <v>3630</v>
+      </c>
+      <c r="F116" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G116" s="7" t="s">
+        <v>447</v>
+      </c>
+      <c r="H116" s="7" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A117" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B117" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C117" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D117" s="7" t="s">
+        <v>472</v>
+      </c>
+      <c r="E117" s="7">
+        <v>3623</v>
+      </c>
+      <c r="F117" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G117" s="7" t="s">
+        <v>448</v>
+      </c>
+      <c r="H117" s="7" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A118" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B118" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C118" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D118" s="7" t="s">
+        <v>473</v>
+      </c>
+      <c r="E118" s="7">
+        <v>3713</v>
+      </c>
+      <c r="F118" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G118" s="7" t="s">
+        <v>449</v>
+      </c>
+      <c r="H118" s="7" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A119" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B119" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C119" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D119" s="7" t="s">
+        <v>474</v>
+      </c>
+      <c r="E119" s="7">
+        <v>3223</v>
+      </c>
+      <c r="F119" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G119" s="7" t="s">
+        <v>450</v>
+      </c>
+      <c r="H119" s="7" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A120" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B120" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C120" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D120" s="7" t="s">
+        <v>475</v>
+      </c>
+      <c r="E120" s="7">
+        <v>3218</v>
+      </c>
+      <c r="F120" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G120" s="7" t="s">
+        <v>451</v>
+      </c>
+      <c r="H120" s="7" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A121" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B121" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C121" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D121" s="7" t="s">
+        <v>476</v>
+      </c>
+      <c r="E121" s="7">
+        <v>3216</v>
+      </c>
+      <c r="F121" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G121" s="7" t="s">
+        <v>452</v>
+      </c>
+      <c r="H121" s="7" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A122" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B122" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C122" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D122" s="7" t="s">
+        <v>477</v>
+      </c>
+      <c r="E122" s="7">
+        <v>3222</v>
+      </c>
+      <c r="F122" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G122" s="7" t="s">
+        <v>453</v>
+      </c>
+      <c r="H122" s="7" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A123" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B123" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C123" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D123" s="7" t="s">
+        <v>478</v>
+      </c>
+      <c r="E123" s="7">
+        <v>3222</v>
+      </c>
+      <c r="F123" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G123" s="7" t="s">
+        <v>454</v>
+      </c>
+      <c r="H123" s="7" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A124" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B124" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C124" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D124" s="7" t="s">
+        <v>475</v>
+      </c>
+      <c r="E124" s="7">
+        <v>3218</v>
+      </c>
+      <c r="F124" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G124" s="7" t="s">
+        <v>455</v>
+      </c>
+      <c r="H124" s="7" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A125" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B125" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C125" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D125" s="7" t="s">
+        <v>479</v>
+      </c>
+      <c r="E125" s="7">
+        <v>3214</v>
+      </c>
+      <c r="F125" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G125" s="7" t="s">
+        <v>456</v>
+      </c>
+      <c r="H125" s="7" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A126" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B126" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C126" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D126" s="7" t="s">
+        <v>480</v>
+      </c>
+      <c r="E126" s="7">
+        <v>3215</v>
+      </c>
+      <c r="F126" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G126" s="7" t="s">
+        <v>457</v>
+      </c>
+      <c r="H126" s="7" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A127" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B127" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C127" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D127" s="7" t="s">
+        <v>481</v>
+      </c>
+      <c r="E127" s="7">
+        <v>3216</v>
+      </c>
+      <c r="F127" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G127" s="7" t="s">
+        <v>458</v>
+      </c>
+      <c r="H127" s="7" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A128" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B128" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C128" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D128" s="7" t="s">
+        <v>478</v>
+      </c>
+      <c r="E128" s="7">
+        <v>3222</v>
+      </c>
+      <c r="F128" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G128" s="7" t="s">
+        <v>459</v>
+      </c>
+      <c r="H128" s="7" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A129" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B129" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C129" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D129" s="7" t="s">
+        <v>482</v>
+      </c>
+      <c r="E129" s="7">
+        <v>3220</v>
+      </c>
+      <c r="F129" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G129" s="7" t="s">
+        <v>460</v>
+      </c>
+      <c r="H129" s="7" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A130" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B130" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C130" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D130" s="7" t="s">
+        <v>483</v>
+      </c>
+      <c r="E130" s="7">
+        <v>3223</v>
+      </c>
+      <c r="F130" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G130" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="H130" s="7" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A131" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B131" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C131" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D131" s="7" t="s">
+        <v>322</v>
+      </c>
+      <c r="E131" s="7">
+        <v>3137</v>
+      </c>
+      <c r="F131" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G131" s="7" t="s">
+        <v>462</v>
+      </c>
+      <c r="H131" s="7" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A132" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B132" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C132" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D132" s="7" t="s">
+        <v>484</v>
+      </c>
+      <c r="E132" s="7">
+        <v>3221</v>
+      </c>
+      <c r="F132" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G132" s="7" t="s">
+        <v>463</v>
+      </c>
+      <c r="H132" s="7" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A133" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B133" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C133" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D133" s="7" t="s">
+        <v>485</v>
+      </c>
+      <c r="E133" s="7">
+        <v>3215</v>
+      </c>
+      <c r="F133" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G133" s="7" t="s">
+        <v>464</v>
+      </c>
+      <c r="H133" s="7" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A134" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B134" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C134" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D134" s="7" t="s">
+        <v>486</v>
+      </c>
+      <c r="E134" s="7">
+        <v>3915</v>
+      </c>
+      <c r="F134" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G134" s="7" t="s">
+        <v>465</v>
+      </c>
+      <c r="H134" s="7" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A135" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B135" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C135" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D135" s="7" t="s">
+        <v>323</v>
+      </c>
+      <c r="E135" s="7">
+        <v>3056</v>
+      </c>
+      <c r="F135" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G135" s="7" t="s">
+        <v>466</v>
+      </c>
+      <c r="H135" s="7" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A136" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B136" s="32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C136" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D136" s="7" t="s">
+        <v>487</v>
+      </c>
+      <c r="E136" s="7">
+        <v>3064</v>
+      </c>
+      <c r="F136" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G136" s="7" t="s">
+        <v>467</v>
+      </c>
+      <c r="H136" s="7" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A137" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B137" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C137" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D137" s="9" t="s">
+        <v>187</v>
+      </c>
+      <c r="E137" s="9">
+        <v>3462</v>
+      </c>
+      <c r="F137" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="G137" s="11"/>
+    </row>
+    <row r="138" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A138" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B138" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C138" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D138" s="9" t="s">
+        <v>188</v>
+      </c>
+      <c r="E138" s="9">
+        <v>3467</v>
+      </c>
+      <c r="F138" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="G138" s="11"/>
+    </row>
+    <row r="139" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A139" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B139" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C139" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D139" s="9" t="s">
+        <v>189</v>
+      </c>
+      <c r="E139" s="9">
+        <v>3465</v>
+      </c>
+      <c r="F139" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="G139" s="11"/>
+    </row>
+    <row r="140" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A140" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B140" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C140" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D140" s="9" t="s">
+        <v>190</v>
+      </c>
+      <c r="E140" s="9">
+        <v>3465</v>
+      </c>
+      <c r="F140" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="G140" s="11"/>
+    </row>
+    <row r="141" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A141" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B141" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C141" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D141" s="9" t="s">
+        <v>191</v>
+      </c>
+      <c r="E141" s="9">
+        <v>3465</v>
+      </c>
+      <c r="F141" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="G141" s="11"/>
+    </row>
+    <row r="142" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A142" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B142" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C142" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D142" s="9" t="s">
+        <v>192</v>
+      </c>
+      <c r="E142" s="9">
+        <v>3964</v>
+      </c>
+      <c r="F142" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="G142" s="11"/>
+    </row>
+    <row r="143" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A143" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B143" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C143" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D143" s="9" t="s">
+        <v>193</v>
+      </c>
+      <c r="E143" s="9">
+        <v>3960</v>
+      </c>
+      <c r="F143" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="G143" s="11"/>
+    </row>
+    <row r="144" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A144" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B144" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C144" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D144" s="9" t="s">
+        <v>194</v>
+      </c>
+      <c r="E144" s="9">
+        <v>3965</v>
+      </c>
+      <c r="F144" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A145" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B145" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C145" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D145" s="9" t="s">
+        <v>195</v>
+      </c>
+      <c r="E145" s="9">
+        <v>3966</v>
+      </c>
+      <c r="F145" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A146" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B146" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C146" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D146" s="9" t="s">
+        <v>196</v>
+      </c>
+      <c r="E146" s="9">
+        <v>3971</v>
+      </c>
+      <c r="F146" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A147" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B147" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C147" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D147" s="9" t="s">
+        <v>197</v>
+      </c>
+      <c r="E147" s="9">
+        <v>3971</v>
+      </c>
+      <c r="F147" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A148" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B148" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C148" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D148" s="9" t="s">
+        <v>198</v>
+      </c>
+      <c r="E148" s="9">
+        <v>3971</v>
+      </c>
+      <c r="F148" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A149" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B149" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C149" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D149" s="9" t="s">
+        <v>199</v>
+      </c>
+      <c r="E149" s="9">
+        <v>3971</v>
+      </c>
+      <c r="F149" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A150" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B150" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C150" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D150" s="9" t="s">
+        <v>200</v>
+      </c>
+      <c r="E150" s="9">
+        <v>3874</v>
+      </c>
+      <c r="F150" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A151" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B151" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C151" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D151" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="E151" s="9">
+        <v>3874</v>
+      </c>
+      <c r="F151" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A152" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B152" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C152" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D152" s="9" t="s">
+        <v>202</v>
+      </c>
+      <c r="E152" s="9">
+        <v>3874</v>
+      </c>
+      <c r="F152" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A153" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B153" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C153" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D153" s="9" t="s">
+        <v>203</v>
+      </c>
+      <c r="E153" s="9">
+        <v>3984</v>
+      </c>
+      <c r="F153" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A154" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B154" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C154" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D154" s="9" t="s">
+        <v>204</v>
+      </c>
+      <c r="E154" s="9">
+        <v>3984</v>
+      </c>
+      <c r="F154" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A155" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B155" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C155" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D155" s="9" t="s">
+        <v>205</v>
+      </c>
+      <c r="E155" s="9">
+        <v>3984</v>
+      </c>
+      <c r="F155" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A156" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B156" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C156" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D156" s="9" t="s">
+        <v>206</v>
+      </c>
+      <c r="E156" s="9">
+        <v>3984</v>
+      </c>
+      <c r="F156" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A157" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B157" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C157" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D157" s="9" t="s">
+        <v>207</v>
+      </c>
+      <c r="E157" s="9">
+        <v>3984</v>
+      </c>
+      <c r="F157" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A158" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B158" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C158" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D158" s="9" t="s">
+        <v>208</v>
+      </c>
+      <c r="E158" s="9">
+        <v>3991</v>
+      </c>
+      <c r="F158" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A159" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B159" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C159" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D159" s="9" t="s">
+        <v>209</v>
+      </c>
+      <c r="E159" s="9">
+        <v>3945</v>
+      </c>
+      <c r="F159" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A160" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B160" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C160" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D160" s="9" t="s">
+        <v>210</v>
+      </c>
+      <c r="E160" s="9">
+        <v>3987</v>
+      </c>
+      <c r="F160" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A161" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B161" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C161" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D161" s="9" t="s">
+        <v>211</v>
+      </c>
+      <c r="E161" s="9">
+        <v>3984</v>
+      </c>
+      <c r="F161" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A162" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B162" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C162" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D162" s="9" t="s">
+        <v>212</v>
+      </c>
+      <c r="E162" s="9">
+        <v>3984</v>
+      </c>
+      <c r="F162" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A163" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B163" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C163" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D163" s="9" t="s">
+        <v>213</v>
+      </c>
+      <c r="E163" s="9">
+        <v>3984</v>
+      </c>
+      <c r="F163" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A164" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B164" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C164" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D164" s="9" t="s">
+        <v>214</v>
+      </c>
+      <c r="E164" s="9">
+        <v>3995</v>
+      </c>
+      <c r="F164" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A165" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B165" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C165" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="D165" s="9" t="s">
+        <v>215</v>
+      </c>
+      <c r="E165" s="9">
+        <v>3995</v>
+      </c>
+      <c r="F165" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A167" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="B167" s="29" t="s">
+        <v>33</v>
+      </c>
+      <c r="C167" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D167" s="7" t="s">
+        <v>516</v>
+      </c>
+      <c r="E167" s="7">
+        <v>3072</v>
+      </c>
+      <c r="F167" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G167" s="7" t="s">
+        <v>490</v>
+      </c>
+      <c r="H167" s="7" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A168" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="B168" s="29" t="s">
+        <v>33</v>
+      </c>
+      <c r="C168" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D168" s="7" t="s">
+        <v>517</v>
+      </c>
+      <c r="E168" s="7">
+        <v>3129</v>
+      </c>
+      <c r="F168" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G168" s="7" t="s">
+        <v>491</v>
+      </c>
+      <c r="H168" s="7" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A169" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="B169" s="29" t="s">
+        <v>33</v>
+      </c>
+      <c r="C169" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D169" s="7" t="s">
+        <v>518</v>
+      </c>
+      <c r="E169" s="7">
+        <v>3101</v>
+      </c>
+      <c r="F169" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G169" s="7" t="s">
+        <v>492</v>
+      </c>
+      <c r="H169" s="7" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A170" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="B170" s="23">
+        <v>46082</v>
+      </c>
+      <c r="C170" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D170" s="7" t="s">
+        <v>519</v>
+      </c>
+      <c r="E170" s="7">
+        <v>3783</v>
+      </c>
+      <c r="F170" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G170" s="7" t="s">
+        <v>493</v>
+      </c>
+      <c r="H170" s="7" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A171" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="B171" s="23">
+        <v>46082</v>
+      </c>
+      <c r="C171" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D171" s="7" t="s">
+        <v>520</v>
+      </c>
+      <c r="E171" s="7">
+        <v>3073</v>
+      </c>
+      <c r="F171" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G171" s="7" t="s">
+        <v>494</v>
+      </c>
+      <c r="H171" s="7" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A172" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="B172" s="23">
+        <v>46082</v>
+      </c>
+      <c r="C172" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D172" s="7" t="s">
+        <v>309</v>
+      </c>
+      <c r="E172" s="7">
+        <v>3981</v>
+      </c>
+      <c r="F172" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G172" s="7" t="s">
+        <v>342</v>
+      </c>
+      <c r="H172" s="7" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A173" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="B173" s="23">
+        <v>46082</v>
+      </c>
+      <c r="C173" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D173" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="E173" s="7">
+        <v>3181</v>
+      </c>
+      <c r="F173" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G173" s="7" t="s">
+        <v>495</v>
+      </c>
+      <c r="H173" s="7" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A174" s="23" t="s">
+        <v>488</v>
+      </c>
+      <c r="B174" s="29" t="s">
+        <v>489</v>
+      </c>
+      <c r="C174" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D174" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E174" s="7">
+        <v>3076</v>
+      </c>
+      <c r="F174" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G174" s="7" t="s">
+        <v>496</v>
+      </c>
+      <c r="H174" s="7" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A175" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="B175" s="29" t="s">
+        <v>33</v>
+      </c>
+      <c r="C175" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D175" s="7" t="s">
+        <v>521</v>
+      </c>
+      <c r="E175" s="7">
+        <v>3939</v>
+      </c>
+      <c r="F175" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G175" s="7" t="s">
+        <v>497</v>
+      </c>
+      <c r="H175" s="7" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A176" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="B176" s="29" t="s">
+        <v>33</v>
+      </c>
+      <c r="C176" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D176" s="7" t="s">
+        <v>304</v>
+      </c>
+      <c r="E176" s="7">
+        <v>3156</v>
+      </c>
+      <c r="F176" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G176" s="7" t="s">
+        <v>360</v>
+      </c>
+      <c r="H176" s="7" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A177" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="B177" s="29" t="s">
+        <v>33</v>
+      </c>
+      <c r="C177" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D177" s="7" t="s">
+        <v>522</v>
+      </c>
+      <c r="E177" s="7">
+        <v>3194</v>
+      </c>
+      <c r="F177" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G177" s="7" t="s">
+        <v>498</v>
+      </c>
+      <c r="H177" s="7" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A178" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="B178" s="29" t="s">
+        <v>33</v>
+      </c>
+      <c r="C178" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D178" s="7" t="s">
+        <v>328</v>
+      </c>
+      <c r="E178" s="7">
+        <v>3205</v>
+      </c>
+      <c r="F178" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G178" s="7" t="s">
+        <v>499</v>
+      </c>
+      <c r="H178" s="7" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A179" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="B179" s="29" t="s">
+        <v>33</v>
+      </c>
+      <c r="C179" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D179" s="7" t="s">
+        <v>523</v>
+      </c>
+      <c r="E179" s="7">
+        <v>3196</v>
+      </c>
+      <c r="F179" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G179" s="12" t="s">
+        <v>510</v>
+      </c>
+      <c r="H179" s="7" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A180" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="B180" s="29" t="s">
+        <v>33</v>
+      </c>
+      <c r="C180" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D180" s="7" t="s">
+        <v>522</v>
+      </c>
+      <c r="E180" s="7">
+        <v>3194</v>
+      </c>
+      <c r="F180" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G180" s="12" t="s">
+        <v>511</v>
+      </c>
+      <c r="H180" s="7" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A181" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="B181" s="29" t="s">
+        <v>33</v>
+      </c>
+      <c r="C181" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D181" s="7" t="s">
+        <v>524</v>
+      </c>
+      <c r="E181" s="7">
+        <v>3444</v>
+      </c>
+      <c r="F181" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="G181" s="12" t="s">
+        <v>512</v>
+      </c>
+      <c r="H181" s="7" t="s">
+        <v>515</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7015CC62-7E38-46EE-9C8D-F838A64A87B3}">
+  <dimension ref="A1:H90"/>
+  <sheetViews>
+    <sheetView topLeftCell="A84" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="N15" sqref="N15"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="13.6328125" style="17" customWidth="1"/>
+    <col min="2" max="2" width="14.453125" style="17" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="8.7265625" style="11"/>
+    <col min="4" max="4" width="21.81640625" style="11" customWidth="1"/>
+    <col min="5" max="5" width="12.453125" style="11" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="17" style="11" customWidth="1"/>
+    <col min="7" max="7" width="16.6328125" style="11" customWidth="1"/>
+    <col min="8" max="8" width="20.54296875" style="11" customWidth="1"/>
+    <col min="9" max="16384" width="8.7265625" style="11"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A1" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B1" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="E1" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="F1" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="G1" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="H1" s="10" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+    </row>
+    <row r="3" spans="1:8" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="D3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="F3" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A5" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B5" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" s="7" t="s">
+        <v>216</v>
+      </c>
+      <c r="E5" s="7">
+        <v>4017</v>
+      </c>
+      <c r="F5" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A6" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B6" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="E6" s="7">
+        <v>4020</v>
+      </c>
+      <c r="F6" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A7" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B7" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D7" s="7" t="s">
+        <v>218</v>
+      </c>
+      <c r="E7" s="7">
+        <v>4020</v>
+      </c>
+      <c r="F7" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A8" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B8" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D8" s="7" t="s">
+        <v>219</v>
+      </c>
+      <c r="E8" s="7">
+        <v>4035</v>
+      </c>
+      <c r="F8" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A9" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B9" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="E9" s="7">
+        <v>4036</v>
+      </c>
+      <c r="F9" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A10" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B10" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>221</v>
+      </c>
+      <c r="E10" s="7">
+        <v>4037</v>
+      </c>
+      <c r="F10" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A11" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B11" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D11" s="7" t="s">
+        <v>222</v>
+      </c>
+      <c r="E11" s="7">
+        <v>4051</v>
+      </c>
+      <c r="F11" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A12" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B12" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D12" s="7" t="s">
+        <v>223</v>
+      </c>
+      <c r="E12" s="7">
+        <v>4067</v>
+      </c>
+      <c r="F12" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A13" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B13" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" s="7" t="s">
+        <v>224</v>
+      </c>
+      <c r="E13" s="7">
+        <v>4068</v>
+      </c>
+      <c r="F13" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A14" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B14" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D14" s="7" t="s">
+        <v>225</v>
+      </c>
+      <c r="E14" s="7">
+        <v>4074</v>
+      </c>
+      <c r="F14" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A15" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B15" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D15" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="E15" s="7">
+        <v>4075</v>
+      </c>
+      <c r="F15" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A16" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B16" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C16" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D16" s="7" t="s">
+        <v>227</v>
+      </c>
+      <c r="E16" s="7">
+        <v>4109</v>
+      </c>
+      <c r="F16" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A17" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B17" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>228</v>
+      </c>
+      <c r="E17" s="7">
+        <v>4110</v>
+      </c>
+      <c r="F17" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A18" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B18" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C18" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D18" s="7" t="s">
+        <v>229</v>
+      </c>
+      <c r="E18" s="7">
+        <v>4114</v>
+      </c>
+      <c r="F18" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A19" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B19" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>230</v>
+      </c>
+      <c r="E19" s="7">
+        <v>4115</v>
+      </c>
+      <c r="F19" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A20" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B20" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D20" s="7" t="s">
+        <v>231</v>
+      </c>
+      <c r="E20" s="7">
+        <v>4116</v>
+      </c>
+      <c r="F20" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A21" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B21" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>232</v>
+      </c>
+      <c r="E21" s="7">
+        <v>4116</v>
+      </c>
+      <c r="F21" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A22" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B22" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D22" s="7" t="s">
+        <v>233</v>
+      </c>
+      <c r="E22" s="7">
+        <v>4118</v>
+      </c>
+      <c r="F22" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A23" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B23" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>234</v>
+      </c>
+      <c r="E23" s="7">
+        <v>4119</v>
+      </c>
+      <c r="F23" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A24" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B24" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>235</v>
+      </c>
+      <c r="E24" s="7">
+        <v>4122</v>
+      </c>
+      <c r="F24" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A25" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B25" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>236</v>
+      </c>
+      <c r="E25" s="7">
+        <v>4123</v>
+      </c>
+      <c r="F25" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A26" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B26" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="E26" s="7">
+        <v>4131</v>
+      </c>
+      <c r="F26" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A27" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B27" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D27" s="7" t="s">
+        <v>238</v>
+      </c>
+      <c r="E27" s="7">
+        <v>4132</v>
+      </c>
+      <c r="F27" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A28" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B28" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>239</v>
+      </c>
+      <c r="E28" s="7">
+        <v>4132</v>
+      </c>
+      <c r="F28" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A29" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B29" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D29" s="7" t="s">
+        <v>240</v>
+      </c>
+      <c r="E29" s="7">
+        <v>4152</v>
+      </c>
+      <c r="F29" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A30" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B30" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>241</v>
+      </c>
+      <c r="E30" s="7">
+        <v>4152</v>
+      </c>
+      <c r="F30" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A31" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B31" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>242</v>
+      </c>
+      <c r="E31" s="7">
+        <v>4152</v>
+      </c>
+      <c r="F31" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A32" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B32" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D32" s="7" t="s">
+        <v>243</v>
+      </c>
+      <c r="E32" s="7">
+        <v>4154</v>
+      </c>
+      <c r="F32" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A33" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B33" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="7" t="s">
+        <v>244</v>
+      </c>
+      <c r="E33" s="7">
+        <v>4164</v>
+      </c>
+      <c r="F33" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A34" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B34" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>245</v>
+      </c>
+      <c r="E34" s="7">
+        <v>4170</v>
+      </c>
+      <c r="F34" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A35" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B35" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D35" s="7" t="s">
+        <v>246</v>
+      </c>
+      <c r="E35" s="7">
+        <v>4170</v>
+      </c>
+      <c r="F35" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A36" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B36" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D36" s="7" t="s">
+        <v>247</v>
+      </c>
+      <c r="E36" s="7">
+        <v>4170</v>
+      </c>
+      <c r="F36" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A37" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B37" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>248</v>
+      </c>
+      <c r="E37" s="7">
+        <v>4171</v>
+      </c>
+      <c r="F37" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A38" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B38" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>249</v>
+      </c>
+      <c r="E38" s="7">
+        <v>4174</v>
+      </c>
+      <c r="F38" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A39" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B39" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D39" s="7" t="s">
+        <v>250</v>
+      </c>
+      <c r="E39" s="7">
+        <v>4209</v>
+      </c>
+      <c r="F39" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A40" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B40" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D40" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="E40" s="7">
+        <v>4211</v>
+      </c>
+      <c r="F40" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A41" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B41" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D41" s="7" t="s">
+        <v>252</v>
+      </c>
+      <c r="E41" s="7">
+        <v>4212</v>
+      </c>
+      <c r="F41" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A42" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B42" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C42" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D42" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="E42" s="7">
+        <v>4216</v>
+      </c>
+      <c r="F42" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A43" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B43" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>254</v>
+      </c>
+      <c r="E43" s="7">
+        <v>4216</v>
+      </c>
+      <c r="F43" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A44" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B44" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D44" s="7" t="s">
+        <v>255</v>
+      </c>
+      <c r="E44" s="7">
+        <v>4216</v>
+      </c>
+      <c r="F44" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A45" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B45" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D45" s="7" t="s">
+        <v>256</v>
+      </c>
+      <c r="E45" s="7">
+        <v>4221</v>
+      </c>
+      <c r="F45" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A46" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B46" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D46" s="7" t="s">
+        <v>257</v>
+      </c>
+      <c r="E46" s="7">
+        <v>4224</v>
+      </c>
+      <c r="F46" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A47" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B47" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D47" s="7" t="s">
+        <v>258</v>
+      </c>
+      <c r="E47" s="7">
+        <v>4280</v>
+      </c>
+      <c r="F47" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A48" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B48" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D48" s="7" t="s">
+        <v>259</v>
+      </c>
+      <c r="E48" s="7">
+        <v>4285</v>
+      </c>
+      <c r="F48" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A49" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B49" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D49" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="E49" s="7">
+        <v>4285</v>
+      </c>
+      <c r="F49" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A50" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B50" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D50" s="7" t="s">
+        <v>261</v>
+      </c>
+      <c r="E50" s="7">
+        <v>4300</v>
+      </c>
+      <c r="F50" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A51" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B51" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D51" s="7" t="s">
+        <v>262</v>
+      </c>
+      <c r="E51" s="7">
+        <v>4300</v>
+      </c>
+      <c r="F51" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A52" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B52" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D52" s="7" t="s">
+        <v>263</v>
+      </c>
+      <c r="E52" s="7">
+        <v>4301</v>
+      </c>
+      <c r="F52" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A53" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B53" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D53" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="E53" s="7">
+        <v>4304</v>
+      </c>
+      <c r="F53" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A54" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B54" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D54" s="7" t="s">
+        <v>265</v>
+      </c>
+      <c r="E54" s="7">
+        <v>4305</v>
+      </c>
+      <c r="F54" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A55" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B55" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D55" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E55" s="7">
+        <v>4305</v>
+      </c>
+      <c r="F55" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A56" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B56" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D56" s="7" t="s">
+        <v>266</v>
+      </c>
+      <c r="E56" s="7">
+        <v>4306</v>
+      </c>
+      <c r="F56" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A57" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B57" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D57" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="E57" s="7">
+        <v>4311</v>
+      </c>
+      <c r="F57" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A58" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B58" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D58" s="7" t="s">
+        <v>268</v>
+      </c>
+      <c r="E58" s="7">
+        <v>4341</v>
+      </c>
+      <c r="F58" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A59" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B59" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D59" s="7" t="s">
+        <v>269</v>
+      </c>
+      <c r="E59" s="7">
+        <v>4342</v>
+      </c>
+      <c r="F59" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A60" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B60" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D60" s="7" t="s">
+        <v>270</v>
+      </c>
+      <c r="E60" s="7">
+        <v>4500</v>
+      </c>
+      <c r="F60" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A61" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B61" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D61" s="7" t="s">
+        <v>271</v>
+      </c>
+      <c r="E61" s="7">
+        <v>4501</v>
+      </c>
+      <c r="F61" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A62" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B62" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C62" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D62" s="7" t="s">
+        <v>272</v>
+      </c>
+      <c r="E62" s="7">
+        <v>4503</v>
+      </c>
+      <c r="F62" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A63" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B63" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D63" s="7" t="s">
+        <v>273</v>
+      </c>
+      <c r="E63" s="7">
+        <v>4503</v>
+      </c>
+      <c r="F63" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A64" s="23">
+        <v>46055</v>
+      </c>
+      <c r="B64" s="23">
+        <v>46081</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D64" s="7" t="s">
+        <v>274</v>
+      </c>
+      <c r="E64" s="7">
+        <v>4503</v>
+      </c>
+      <c r="F64" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A65" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B65" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C65" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D65" s="7" t="s">
+        <v>275</v>
+      </c>
+      <c r="E65" s="9">
+        <v>4350</v>
+      </c>
+      <c r="F65" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A66" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B66" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C66" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D66" s="7" t="s">
+        <v>276</v>
+      </c>
+      <c r="E66" s="9">
+        <v>4350</v>
+      </c>
+      <c r="F66" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A67" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B67" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C67" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D67" s="7" t="s">
+        <v>277</v>
+      </c>
+      <c r="E67" s="9">
+        <v>4350</v>
+      </c>
+      <c r="F67" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A68" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B68" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C68" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D68" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="E68" s="9">
+        <v>4350</v>
+      </c>
+      <c r="F68" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A69" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B69" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C69" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D69" s="7" t="s">
+        <v>279</v>
+      </c>
+      <c r="E69" s="9">
+        <v>4350</v>
+      </c>
+      <c r="F69" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A70" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B70" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C70" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D70" s="7" t="s">
+        <v>280</v>
+      </c>
+      <c r="E70" s="9">
+        <v>4350</v>
+      </c>
+      <c r="F70" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A71" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B71" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C71" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D71" s="7" t="s">
+        <v>281</v>
+      </c>
+      <c r="E71" s="9">
+        <v>4352</v>
+      </c>
+      <c r="F71" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A72" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B72" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C72" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D72" s="7" t="s">
+        <v>282</v>
+      </c>
+      <c r="E72" s="9">
+        <v>4250</v>
+      </c>
+      <c r="F72" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A73" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B73" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C73" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D73" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E73" s="9">
+        <v>4305</v>
+      </c>
+      <c r="F73" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A74" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B74" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C74" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D74" s="7" t="s">
+        <v>283</v>
+      </c>
+      <c r="E74" s="9">
+        <v>4350</v>
+      </c>
+      <c r="F74" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A75" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B75" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C75" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D75" s="7" t="s">
+        <v>284</v>
+      </c>
+      <c r="E75" s="9">
+        <v>4350</v>
+      </c>
+      <c r="F75" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A76" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B76" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C76" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D76" s="7" t="s">
+        <v>285</v>
+      </c>
+      <c r="E76" s="9">
+        <v>4670</v>
+      </c>
+      <c r="F76" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A77" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B77" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C77" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D77" s="7" t="s">
+        <v>286</v>
+      </c>
+      <c r="E77" s="9">
+        <v>4670</v>
+      </c>
+      <c r="F77" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A78" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B78" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C78" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D78" s="7" t="s">
+        <v>287</v>
+      </c>
+      <c r="E78" s="9">
+        <v>4670</v>
+      </c>
+      <c r="F78" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A79" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B79" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C79" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D79" s="7" t="s">
+        <v>288</v>
+      </c>
+      <c r="E79" s="9">
+        <v>4670</v>
+      </c>
+      <c r="F79" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A80" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B80" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C80" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D80" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="E80" s="9">
+        <v>4670</v>
+      </c>
+      <c r="F80" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A81" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B81" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C81" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D81" s="7" t="s">
+        <v>290</v>
+      </c>
+      <c r="E81" s="9">
+        <v>4670</v>
+      </c>
+      <c r="F81" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A82" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B82" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C82" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D82" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="E82" s="9">
+        <v>4670</v>
+      </c>
+      <c r="F82" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A83" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B83" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C83" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D83" s="7" t="s">
+        <v>291</v>
+      </c>
+      <c r="E83" s="9">
+        <v>4670</v>
+      </c>
+      <c r="F83" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A84" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B84" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C84" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D84" s="7" t="s">
+        <v>292</v>
+      </c>
+      <c r="E84" s="9">
+        <v>4670</v>
+      </c>
+      <c r="F84" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A85" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B85" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C85" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D85" s="7" t="s">
+        <v>293</v>
+      </c>
+      <c r="E85" s="9">
+        <v>4670</v>
+      </c>
+      <c r="F85" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A86" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B86" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C86" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D86" s="7" t="s">
+        <v>294</v>
+      </c>
+      <c r="E86" s="9">
+        <v>4670</v>
+      </c>
+      <c r="F86" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A87" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B87" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C87" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D87" s="7" t="s">
+        <v>295</v>
+      </c>
+      <c r="E87" s="9">
+        <v>4670</v>
+      </c>
+      <c r="F87" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A88" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B88" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C88" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D88" s="7" t="s">
+        <v>296</v>
+      </c>
+      <c r="E88" s="9">
+        <v>4670</v>
+      </c>
+      <c r="F88" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A89" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B89" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C89" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D89" s="7" t="s">
+        <v>297</v>
+      </c>
+      <c r="E89" s="9">
+        <v>4670</v>
+      </c>
+      <c r="F89" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A90" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B90" s="19" t="s">
+        <v>33</v>
+      </c>
+      <c r="C90" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D90" s="7" t="s">
+        <v>298</v>
+      </c>
+      <c r="E90" s="9">
+        <v>4670</v>
+      </c>
+      <c r="F90" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A678C061-7E49-4FA1-8F5D-BB0F55AEFC6B}">
+  <dimension ref="A1:H16"/>
+  <sheetViews>
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="E26" sqref="E26"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="15.81640625" style="7" customWidth="1"/>
+    <col min="2" max="2" width="14.26953125" style="7" customWidth="1"/>
+    <col min="3" max="3" width="11.7265625" style="7" customWidth="1"/>
+    <col min="4" max="4" width="26.54296875" style="7" customWidth="1"/>
+    <col min="5" max="5" width="14.7265625" style="7" customWidth="1"/>
+    <col min="6" max="6" width="15.453125" style="11" customWidth="1"/>
+    <col min="7" max="7" width="15.26953125" style="11" customWidth="1"/>
+    <col min="8" max="8" width="22.1796875" style="11" customWidth="1"/>
+    <col min="9" max="16384" width="8.7265625" style="11"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A1" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B1" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="E1" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="F1" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="G1" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="H1" s="10" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A2" s="3"/>
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+    </row>
+    <row r="3" spans="1:8" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="D3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="F3" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="E16" s="11"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BF89F9D4-F427-4357-BBA7-ED201C29D910}">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="G9" sqref="G9"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="12.7265625" style="11" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12" style="11" customWidth="1"/>
+    <col min="3" max="3" width="10" style="11" customWidth="1"/>
+    <col min="4" max="4" width="17.90625" style="11" customWidth="1"/>
+    <col min="5" max="5" width="16.26953125" style="11" customWidth="1"/>
+    <col min="6" max="6" width="8.90625" style="11" customWidth="1"/>
+    <col min="7" max="7" width="8.7265625" style="11"/>
+    <col min="8" max="8" width="13.81640625" style="11" customWidth="1"/>
+    <col min="9" max="16384" width="8.7265625" style="11"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A1" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B1" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="E1" s="10" t="s">
         <v>8</v>
       </c>
+      <c r="F1" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="G1" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="H1" s="10" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A2" s="3"/>
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+    </row>
+    <row r="3" spans="1:8" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="D3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E3" s="4" t="s">
+        <v>0</v>
+      </c>
       <c r="F3" s="2" t="s">
-        <v>8</v>
-[...274 lines deleted...]
-      <c r="G25" s="10"/>
+        <v>0</v>
+      </c>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2" t="s">
+        <v>0</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="88d081fd-2b43-4c7a-9c50-4055d53380cd" xmlns:ns3="93b6a440-8049-4547-8a37-cd008894f1f0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7431e64f1e2728352bbee2aacd6a6216" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005322760BE5AC564A96E244CF48493FD8" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="400a962489e7d8453dde528e6c41dd5e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="88d081fd-2b43-4c7a-9c50-4055d53380cd" xmlns:ns3="93b6a440-8049-4547-8a37-cd008894f1f0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0836bf5b4517462c3139890e90a3d65a" ns2:_="" ns3:_="">
     <xsd:import namespace="88d081fd-2b43-4c7a-9c50-4055d53380cd"/>
     <xsd:import namespace="93b6a440-8049-4547-8a37-cd008894f1f0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="88d081fd-2b43-4c7a-9c50-4055d53380cd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -1054,50 +10582,55 @@
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="24" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="25" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="93b6a440-8049-4547-8a37-cd008894f1f0" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -1197,115 +10730,137 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="88d081fd-2b43-4c7a-9c50-4055d53380cd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="93b6a440-8049-4547-8a37-cd008894f1f0" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70C5158D-374B-44EF-A233-30E1816977C8}">
-[...10 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C3FC950-AB7B-4BAF-8529-3BA6F3AE08CE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6483D355-DEF5-466D-A08A-A265C542A75F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="88d081fd-2b43-4c7a-9c50-4055d53380cd"/>
     <ds:schemaRef ds:uri="93b6a440-8049-4547-8a37-cd008894f1f0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70C5158D-374B-44EF-A233-30E1816977C8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="88d081fd-2b43-4c7a-9c50-4055d53380cd"/>
+    <ds:schemaRef ds:uri="93b6a440-8049-4547-8a37-cd008894f1f0"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B23BA416-39E7-4C62-883B-C9EF87AFF888}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{dcd653b9-28e6-4c1c-bb06-7db92432155c}" enabled="1" method="Standard" siteId="{569bf530-58b8-4370-8461-6f94622221da}" contentBits="0" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="6" baseType="lpstr">
+      <vt:lpstr>ACT</vt:lpstr>
+      <vt:lpstr>NSW</vt:lpstr>
       <vt:lpstr>VIC</vt:lpstr>
+      <vt:lpstr>QLD</vt:lpstr>
+      <vt:lpstr>WA</vt:lpstr>
+      <vt:lpstr>TAS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hannah Starkins</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>