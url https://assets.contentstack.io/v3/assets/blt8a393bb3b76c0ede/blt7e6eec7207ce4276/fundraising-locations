--- v1 (2026-02-24)
+++ v2 (2026-03-18)
@@ -7,194 +7,125 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29725"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://natheart.sharepoint.com/sites/Revenue/Individual Giving/2026/RG/F2F/Website updates/Locations/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="356" documentId="8_{16183E74-BDD2-4587-94A5-F2DB44E5AAFA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B5A9A2CF-3C11-450D-B8CF-6A9B2D8783F8}"/>
+  <xr:revisionPtr revIDLastSave="489" documentId="8_{16183E74-BDD2-4587-94A5-F2DB44E5AAFA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F26BA1B6-0DBB-4EDD-97AD-AA88A9176153}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ACT" sheetId="4" r:id="rId1"/>
     <sheet name="NSW" sheetId="1" r:id="rId2"/>
     <sheet name="VIC" sheetId="2" r:id="rId3"/>
     <sheet name="QLD" sheetId="5" r:id="rId4"/>
     <sheet name="WA" sheetId="3" r:id="rId5"/>
     <sheet name="TAS" sheetId="6" r:id="rId6"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1678" uniqueCount="525">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1445" uniqueCount="486">
   <si>
     <t> </t>
   </si>
   <si>
     <t>NSW</t>
   </si>
   <si>
-    <t>D2D</t>
-[...1 lines deleted...]
-  <si>
     <t>VIC</t>
   </si>
   <si>
     <t>DATE FROM</t>
   </si>
   <si>
     <t>DATE TO</t>
   </si>
   <si>
     <t>STATE</t>
   </si>
   <si>
     <t>SUBURB</t>
   </si>
   <si>
     <t>POSTCODE</t>
   </si>
   <si>
     <t>TYPE</t>
   </si>
   <si>
     <t>SITE NAME</t>
   </si>
   <si>
     <t>STREET</t>
   </si>
   <si>
-    <t>February</t>
-[...64 lines deleted...]
-  <si>
     <t>QLD</t>
   </si>
   <si>
     <t>Residential</t>
   </si>
   <si>
     <t>BOTANY</t>
   </si>
   <si>
     <t>NEWTOWN</t>
   </si>
   <si>
     <t>ST PETERS</t>
   </si>
   <si>
     <t>FIVE DOCK</t>
   </si>
   <si>
     <t>LEWISHAM</t>
   </si>
   <si>
     <t>CAMPERDOWN</t>
   </si>
   <si>
     <t>CHATSWOOD WEST</t>
@@ -412,1446 +343,1348 @@
   <si>
     <t>WARRIMOO</t>
   </si>
   <si>
     <t>FAULCONBRIDGE</t>
   </si>
   <si>
     <t>SPRINGWOOD</t>
   </si>
   <si>
     <t>VALLEY HEIGHTS</t>
   </si>
   <si>
     <t>WENTWORTH FALLS</t>
   </si>
   <si>
     <t>LAWSON</t>
   </si>
   <si>
     <t>LITHGOW</t>
   </si>
   <si>
     <t>MUDGEE</t>
   </si>
   <si>
-    <t>ECHUCA</t>
-[...535 lines deleted...]
-  <si>
     <t>Event</t>
   </si>
   <si>
     <t>NARRE WARREN</t>
   </si>
   <si>
-    <t>BLACKBURN</t>
-[...49 lines deleted...]
-  <si>
     <t>MOORABBIN</t>
   </si>
   <si>
-    <t>LALOR</t>
-[...13 lines deleted...]
-  <si>
     <t>WERRIBEE</t>
   </si>
   <si>
-    <t>TOORADIN</t>
-[...448 lines deleted...]
-  <si>
     <t>BELMONT</t>
   </si>
   <si>
-    <t>WALLINGTON</t>
-[...28 lines deleted...]
-  <si>
     <t>CRAIGIEBURN</t>
   </si>
   <si>
-    <t>24/02/2026</t>
-[...100 lines deleted...]
-  <si>
     <t>MENTONE</t>
   </si>
   <si>
     <t>CHELSEA</t>
   </si>
   <si>
-    <t>KYNETON</t>
+    <t>March</t>
+  </si>
+  <si>
+    <t>Ashburton</t>
+  </si>
+  <si>
+    <t>Eltham</t>
+  </si>
+  <si>
+    <t>Clayton South</t>
+  </si>
+  <si>
+    <t>Richmond</t>
+  </si>
+  <si>
+    <t>Mornington</t>
+  </si>
+  <si>
+    <t>Surrey Hills</t>
+  </si>
+  <si>
+    <t>Thornbury</t>
+  </si>
+  <si>
+    <t>Rosebud</t>
+  </si>
+  <si>
+    <t>Ormond</t>
+  </si>
+  <si>
+    <t>Kyneton</t>
+  </si>
+  <si>
+    <t>Bunyip</t>
+  </si>
+  <si>
+    <t>219 High St</t>
+  </si>
+  <si>
+    <t>7 Arthur St</t>
+  </si>
+  <si>
+    <t>Bourke Rd &amp; Viney St</t>
+  </si>
+  <si>
+    <t>620 Victoria Street</t>
+  </si>
+  <si>
+    <t>75 Mornington-Tyabb Road</t>
+  </si>
+  <si>
+    <t>126 Union Rd</t>
+  </si>
+  <si>
+    <t>671 High St</t>
+  </si>
+  <si>
+    <t>1313 Point Nepean Hwy</t>
+  </si>
+  <si>
+    <t>1128 Nepean Hwy</t>
+  </si>
+  <si>
+    <t>507 N Rd</t>
+  </si>
+  <si>
+    <t>60-62 Mollison St</t>
+  </si>
+  <si>
+    <t>2-6 Main street</t>
+  </si>
+  <si>
+    <t>IGA Ashburton</t>
+  </si>
+  <si>
+    <t>Woolworths Eltham</t>
+  </si>
+  <si>
+    <t>Woolworths Clarinda</t>
+  </si>
+  <si>
+    <t>Victoria Gardens</t>
+  </si>
+  <si>
+    <t>HomeCo Mornington, Melbourne</t>
+  </si>
+  <si>
+    <t>Coles Surrey Hills</t>
+  </si>
+  <si>
+    <t>Foodworks Thornbury</t>
+  </si>
+  <si>
+    <t>ALDI Rosebud</t>
+  </si>
+  <si>
+    <t>ALDI Mornington</t>
+  </si>
+  <si>
+    <t>IGA Ormond</t>
+  </si>
+  <si>
+    <t>Kyneton IGA Plus Liquor</t>
+  </si>
+  <si>
+    <t>IGA Bunyip</t>
+  </si>
+  <si>
+    <t>31/03/2026</t>
+  </si>
+  <si>
+    <t>28/03/2026</t>
+  </si>
+  <si>
+    <t>ALBION</t>
+  </si>
+  <si>
+    <t>SUNSHINE</t>
+  </si>
+  <si>
+    <t>RAVENHALL</t>
+  </si>
+  <si>
+    <t>Mambourin</t>
+  </si>
+  <si>
+    <t>WYNDHAM VALE</t>
+  </si>
+  <si>
+    <t>DELAHEY</t>
+  </si>
+  <si>
+    <t>DALLAS</t>
+  </si>
+  <si>
+    <t>JACANA</t>
+  </si>
+  <si>
+    <t>THORNBURY</t>
+  </si>
+  <si>
+    <t>BUNDOORA</t>
+  </si>
+  <si>
+    <t>KINGSBURY</t>
+  </si>
+  <si>
+    <t>GREENSBOROUGH</t>
+  </si>
+  <si>
+    <t>BOX HILL</t>
+  </si>
+  <si>
+    <t>BOX HILL SOUTH</t>
+  </si>
+  <si>
+    <t>MONT ALBERT NORTH</t>
+  </si>
+  <si>
+    <t>LILYDALE</t>
+  </si>
+  <si>
+    <t>SOUTH YARRA</t>
+  </si>
+  <si>
+    <t>TOORAK</t>
+  </si>
+  <si>
+    <t>MALVERN EAST</t>
+  </si>
+  <si>
+    <t>WANTIRNA</t>
+  </si>
+  <si>
+    <t>SELBY</t>
+  </si>
+  <si>
+    <t>BELGRAVE</t>
+  </si>
+  <si>
+    <t>BELGRAVE HEIGHTS</t>
+  </si>
+  <si>
+    <t>BELGRAVE SOUTH</t>
+  </si>
+  <si>
+    <t>CARNEGIE</t>
+  </si>
+  <si>
+    <t>GLEN HUNTLY</t>
+  </si>
+  <si>
+    <t>CLARINDA</t>
+  </si>
+  <si>
+    <t>DINGLEY VILLAGE</t>
+  </si>
+  <si>
+    <t>DOVETON</t>
+  </si>
+  <si>
+    <t>EUMEMMERRING</t>
+  </si>
+  <si>
+    <t>ASPENDALE</t>
+  </si>
+  <si>
+    <t>ASPENDALE GARDENS</t>
+  </si>
+  <si>
+    <t>BRAESIDE</t>
+  </si>
+  <si>
+    <t>MORDIALLOC</t>
+  </si>
+  <si>
+    <t>PARKDALE</t>
+  </si>
+  <si>
+    <t>WATERWAYS</t>
+  </si>
+  <si>
+    <t>BONBEACH</t>
+  </si>
+  <si>
+    <t>CHELSEA HEIGHTS</t>
+  </si>
+  <si>
+    <t>EDITHVALE</t>
+  </si>
+  <si>
+    <t>PATTERSON LAKES</t>
+  </si>
+  <si>
+    <t>HEATHERTON</t>
+  </si>
+  <si>
+    <t>BADGER CREEK</t>
+  </si>
+  <si>
+    <t>CHUM CREEK</t>
+  </si>
+  <si>
+    <t>HEALESVILLE</t>
+  </si>
+  <si>
+    <t>NARRE WARREN NORTH</t>
+  </si>
+  <si>
+    <t>GARFIELD</t>
+  </si>
+  <si>
+    <t>BITTERN</t>
+  </si>
+  <si>
+    <t>LYNDHURST</t>
+  </si>
+  <si>
+    <t>HAMPTON PARK</t>
+  </si>
+  <si>
+    <t>CRANBOURNE EAST</t>
+  </si>
+  <si>
+    <t>CRANBOURNE NORTH</t>
+  </si>
+  <si>
+    <t>Bendigo</t>
+  </si>
+  <si>
+    <t>East Bendigo</t>
+  </si>
+  <si>
+    <t>Flora Hill</t>
+  </si>
+  <si>
+    <t>Ironbark</t>
+  </si>
+  <si>
+    <t>Kennington</t>
+  </si>
+  <si>
+    <t>Long Gully</t>
+  </si>
+  <si>
+    <t>North Bendigo</t>
+  </si>
+  <si>
+    <t>Quarry Hill</t>
+  </si>
+  <si>
+    <t>Spring Gully</t>
+  </si>
+  <si>
+    <t>Strathdale</t>
+  </si>
+  <si>
+    <t>West Bendigo</t>
+  </si>
+  <si>
+    <t>White Hills</t>
+  </si>
+  <si>
+    <t>Ascot</t>
+  </si>
+  <si>
+    <t>Epsom</t>
+  </si>
+  <si>
+    <t>Huntly</t>
+  </si>
+  <si>
+    <t>Jackass Flat</t>
+  </si>
+  <si>
+    <t>Junortoun</t>
+  </si>
+  <si>
+    <t>Maiden Gully</t>
+  </si>
+  <si>
+    <t>Strathfieldsaye</t>
+  </si>
+  <si>
+    <t>Big Hill</t>
+  </si>
+  <si>
+    <t>Golden Square</t>
+  </si>
+  <si>
+    <t>Kangaroo Flat</t>
+  </si>
+  <si>
+    <t>California Gully</t>
+  </si>
+  <si>
+    <t>Eaglehawk</t>
+  </si>
+  <si>
+    <t>Sailors Gully</t>
+  </si>
+  <si>
+    <t>Resdential</t>
+  </si>
+  <si>
+    <t>14/03/2026</t>
+  </si>
+  <si>
+    <t>21/03/2026</t>
+  </si>
+  <si>
+    <t>23/03/2026</t>
+  </si>
+  <si>
+    <t>Goulburn</t>
+  </si>
+  <si>
+    <t>Mittagong</t>
+  </si>
+  <si>
+    <t>Bowral</t>
+  </si>
+  <si>
+    <t>Moss Vale</t>
+  </si>
+  <si>
+    <t>Marulan</t>
+  </si>
+  <si>
+    <t>Run-O Waters</t>
+  </si>
+  <si>
+    <t>Balaclava</t>
+  </si>
+  <si>
+    <t>Renwick</t>
+  </si>
+  <si>
+    <t>Willow Vale</t>
+  </si>
+  <si>
+    <t>Colo Vale</t>
+  </si>
+  <si>
+    <t>Port Macquarie</t>
+  </si>
+  <si>
+    <t>Inverell</t>
+  </si>
+  <si>
+    <t>Glen Innes</t>
+  </si>
+  <si>
+    <t>Tenterfield</t>
+  </si>
+  <si>
+    <t>Coffs Harbour</t>
+  </si>
+  <si>
+    <t>Sawtell</t>
+  </si>
+  <si>
+    <t>Woolgoolga</t>
+  </si>
+  <si>
+    <t>Safety Beach</t>
+  </si>
+  <si>
+    <t>Emerald Beach</t>
+  </si>
+  <si>
+    <t>Sapphire Beach</t>
+  </si>
+  <si>
+    <t>Korora</t>
+  </si>
+  <si>
+    <t>Corindi Beach</t>
+  </si>
+  <si>
+    <t>Boambee East</t>
+  </si>
+  <si>
+    <t>Toormina</t>
+  </si>
+  <si>
+    <t>East Ballina</t>
+  </si>
+  <si>
+    <t>South Ballina</t>
+  </si>
+  <si>
+    <t>West Ballina</t>
+  </si>
+  <si>
+    <t>Ballina</t>
+  </si>
+  <si>
+    <t>Alstonville</t>
+  </si>
+  <si>
+    <t>Lennox Head</t>
+  </si>
+  <si>
+    <t>Wollongbar</t>
+  </si>
+  <si>
+    <t>Evans Bay</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cumbalum </t>
+  </si>
+  <si>
+    <t>CLAYFIELD</t>
+  </si>
+  <si>
+    <t>HENDRA</t>
+  </si>
+  <si>
+    <t>FITZGIBBON</t>
+  </si>
+  <si>
+    <t>LUTWYCHE</t>
+  </si>
+  <si>
+    <t>WOOLOOWIN</t>
+  </si>
+  <si>
+    <t>ENOGGERA</t>
+  </si>
+  <si>
+    <t>ARANA HILLS</t>
+  </si>
+  <si>
+    <t>UPPER KEDRON</t>
+  </si>
+  <si>
+    <t>THE GAP</t>
+  </si>
+  <si>
+    <t>FIG TREE POCKET</t>
+  </si>
+  <si>
+    <t>UPPER BROOKFIELD</t>
+  </si>
+  <si>
+    <t>ANSTEAD</t>
+  </si>
+  <si>
+    <t>JAMBOREE HEIGHTS</t>
+  </si>
+  <si>
+    <t>MOOROOKA</t>
+  </si>
+  <si>
+    <t>ROCKLEA</t>
+  </si>
+  <si>
+    <t>NATHAN</t>
+  </si>
+  <si>
+    <t>KURABY</t>
+  </si>
+  <si>
+    <t>BROWNS PLAINS</t>
+  </si>
+  <si>
+    <t>FORESTDALE</t>
+  </si>
+  <si>
+    <t>MANSFIELD</t>
+  </si>
+  <si>
+    <t>UPPER MOUNT GRAVATT</t>
+  </si>
+  <si>
+    <t>GREENBANK</t>
+  </si>
+  <si>
+    <t>MUNRUBEN</t>
+  </si>
+  <si>
+    <t>CANNON HILL</t>
+  </si>
+  <si>
+    <t>MURARRIE</t>
+  </si>
+  <si>
+    <t>TINGALPA</t>
+  </si>
+  <si>
+    <t>WYNNUM WEST</t>
+  </si>
+  <si>
+    <t>LOTA</t>
+  </si>
+  <si>
+    <t>MOUNT WARREN PARK</t>
+  </si>
+  <si>
+    <t>YATALA</t>
+  </si>
+  <si>
+    <t>UPPER COOMERA</t>
+  </si>
+  <si>
+    <t>MAUDSLAND</t>
+  </si>
+  <si>
+    <t>GILSTON</t>
+  </si>
+  <si>
+    <t>MOUNT NATHAN</t>
+  </si>
+  <si>
+    <t>MUDGEERABA</t>
+  </si>
+  <si>
+    <t>TALLAI</t>
+  </si>
+  <si>
+    <t>WORONGARY</t>
+  </si>
+  <si>
+    <t>ARUNDEL</t>
+  </si>
+  <si>
+    <t>BIGGERA WATERS</t>
+  </si>
+  <si>
+    <t>REEDY CREEK</t>
+  </si>
+  <si>
+    <t>TAMBORINE MOUNTAIN</t>
+  </si>
+  <si>
+    <t>BEAUDESERT</t>
+  </si>
+  <si>
+    <t>MUNDOOLUN</t>
+  </si>
+  <si>
+    <t>WOODHILL</t>
+  </si>
+  <si>
+    <t>BOOVAL</t>
+  </si>
+  <si>
+    <t>NORTH BOOVAL</t>
+  </si>
+  <si>
+    <t>SILKSTONE</t>
+  </si>
+  <si>
+    <t>RACEVIEW</t>
+  </si>
+  <si>
+    <t>BLACKSOIL</t>
+  </si>
+  <si>
+    <t>LOWOOD</t>
+  </si>
+  <si>
+    <t>ROSEWOOD</t>
+  </si>
+  <si>
+    <t>KENSINGTON GROVE</t>
+  </si>
+  <si>
+    <t>LAIDLEY</t>
+  </si>
+  <si>
+    <t>CASHMERE</t>
+  </si>
+  <si>
+    <t>WARNER</t>
+  </si>
+  <si>
+    <t>MURRUMBA DOWNS</t>
+  </si>
+  <si>
+    <t>BURPENGARY EAST</t>
+  </si>
+  <si>
+    <t>DONNYBROOK</t>
+  </si>
+  <si>
+    <t>CAMP MOUNTAIN</t>
+  </si>
+  <si>
+    <t>HIGHVALE</t>
+  </si>
+  <si>
+    <t>WIGHTS MOUNTAIN</t>
+  </si>
+  <si>
+    <t>Woolworths Metro Hadfield</t>
+  </si>
+  <si>
+    <t>10 Geum St (cnr West St)</t>
+  </si>
+  <si>
+    <t>Hadfield</t>
+  </si>
+  <si>
+    <t>Malvern</t>
+  </si>
+  <si>
+    <t>Black Rock</t>
+  </si>
+  <si>
+    <t>South Melbourne</t>
+  </si>
+  <si>
+    <t>Ascot Vale</t>
+  </si>
+  <si>
+    <t>Pascoe Vale South</t>
+  </si>
+  <si>
+    <t>Sunshine North</t>
+  </si>
+  <si>
+    <t>Camberwell</t>
+  </si>
+  <si>
+    <t>Mordialloc</t>
+  </si>
+  <si>
+    <t>Cheltenham</t>
+  </si>
+  <si>
+    <t>Thomastown</t>
+  </si>
+  <si>
+    <t>Moonee Ponds</t>
+  </si>
+  <si>
+    <t>Hoppers Crossing</t>
+  </si>
+  <si>
+    <t>Lara</t>
+  </si>
+  <si>
+    <t>110-122 Wattletree Rd</t>
+  </si>
+  <si>
+    <t>39-41a Bluff Rd</t>
+  </si>
+  <si>
+    <t>100 Market St</t>
+  </si>
+  <si>
+    <t>199 Union Rd</t>
+  </si>
+  <si>
+    <t>366-368 Bell St</t>
+  </si>
+  <si>
+    <t>63 Northumberland Rd</t>
+  </si>
+  <si>
+    <t>15-25 Station St</t>
+  </si>
+  <si>
+    <t>542 Main St</t>
+  </si>
+  <si>
+    <t>15-17 Follett Rd</t>
+  </si>
+  <si>
+    <t>126 Alexander Ave</t>
+  </si>
+  <si>
+    <t>124 Maribyrnong Rd</t>
+  </si>
+  <si>
+    <t>50 Old Geelong Rd</t>
+  </si>
+  <si>
+    <t>48-50 Centre Way</t>
+  </si>
+  <si>
+    <t>Malvern Central Armadale</t>
+  </si>
+  <si>
+    <t>Woolworths Metro Black Rock</t>
+  </si>
+  <si>
+    <t>ALDI South Melbourne</t>
+  </si>
+  <si>
+    <t>Woolworths Union Road Ascot Vale</t>
+  </si>
+  <si>
+    <t>IGA Pascoe Vale South</t>
+  </si>
+  <si>
+    <t>IGA Local Grocer Sunshine North</t>
+  </si>
+  <si>
+    <t>ALDI Camberwell</t>
+  </si>
+  <si>
+    <t>ALDI Mordialloc</t>
+  </si>
+  <si>
+    <t>Foodworks Cheltenham Dangs</t>
+  </si>
+  <si>
+    <t>Foodworks Thomastown</t>
+  </si>
+  <si>
+    <t>IGA Xpress Plus Liquor Moonee Ponds</t>
+  </si>
+  <si>
+    <t>Woolworths Hoppers Crossing</t>
+  </si>
+  <si>
+    <t>Woolworths Lara</t>
+  </si>
+  <si>
+    <t>Jimboomba</t>
+  </si>
+  <si>
+    <t>Mermaid Waters</t>
+  </si>
+  <si>
+    <t>Shailer Park</t>
+  </si>
+  <si>
+    <t>Helensvale</t>
+  </si>
+  <si>
+    <t>671 Cusack Ln</t>
+  </si>
+  <si>
+    <t>14 Allandale Entrance</t>
+  </si>
+  <si>
+    <t>4 Mandew St</t>
+  </si>
+  <si>
+    <t>12 Sir John Overall Dr</t>
+  </si>
+  <si>
+    <t>Jimboomba Junction Shopping Centre</t>
+  </si>
+  <si>
+    <t>Q Super Centre Mermaid Waters</t>
+  </si>
+  <si>
+    <t>Market Organics Loganholme</t>
+  </si>
+  <si>
+    <t>Helensvale Plaza</t>
+  </si>
+  <si>
+    <t>Brighton</t>
+  </si>
+  <si>
+    <t>Coburg</t>
+  </si>
+  <si>
+    <t>Warrandyte</t>
+  </si>
+  <si>
+    <t>380 Bay St</t>
+  </si>
+  <si>
+    <t>1-3 Louisa St</t>
+  </si>
+  <si>
+    <t>150 Harris Gully Rd</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coles Brighton </t>
+  </si>
+  <si>
+    <t>Woolworths Coburg Station</t>
+  </si>
+  <si>
+    <t>Aumanns At Warrandyte</t>
+  </si>
+  <si>
+    <t>Somerville</t>
+  </si>
+  <si>
+    <t>Carlton</t>
+  </si>
+  <si>
+    <t>Oakleigh South</t>
+  </si>
+  <si>
+    <t>Reservoir</t>
+  </si>
+  <si>
+    <t>Ringwood North</t>
+  </si>
+  <si>
+    <t>Drysdale</t>
+  </si>
+  <si>
+    <t>Geelong West</t>
+  </si>
+  <si>
+    <t>Corio</t>
+  </si>
+  <si>
+    <t>Bell Park</t>
+  </si>
+  <si>
+    <t>Grovedale</t>
+  </si>
+  <si>
+    <t>Cowes</t>
+  </si>
+  <si>
+    <t>Darnum</t>
+  </si>
+  <si>
+    <t>Cape Woolamai</t>
+  </si>
+  <si>
+    <t>Wonthaggi</t>
+  </si>
+  <si>
+    <t>Warragul</t>
+  </si>
+  <si>
+    <t>Leongatha</t>
+  </si>
+  <si>
+    <t>Korumburra</t>
+  </si>
+  <si>
+    <t>1089-1097 Frankston-Flinder</t>
+  </si>
+  <si>
+    <t>368-386 Lygon St</t>
+  </si>
+  <si>
+    <t>1146-1148 North Rd</t>
+  </si>
+  <si>
+    <t>26 Edwards St</t>
+  </si>
+  <si>
+    <t>204 Warrandyte Rd</t>
+  </si>
+  <si>
+    <t>12/22 Murradoc Rd</t>
+  </si>
+  <si>
+    <t>117-127 Albert St</t>
+  </si>
+  <si>
+    <t>465 Princes Hwy</t>
+  </si>
+  <si>
+    <t>9/222 Anakie Rd</t>
+  </si>
+  <si>
+    <t>142 Torquay Rd</t>
+  </si>
+  <si>
+    <t>114-122 Thompson Ave</t>
+  </si>
+  <si>
+    <t>1 Cropley St</t>
+  </si>
+  <si>
+    <t>2 Vista Pl</t>
+  </si>
+  <si>
+    <t>McKenzie St &amp; Murray Street</t>
+  </si>
+  <si>
+    <t>12-28 Queen St</t>
+  </si>
+  <si>
+    <t>160 Graham St</t>
+  </si>
+  <si>
+    <t>61 McKenzie St</t>
+  </si>
+  <si>
+    <t>8-10 Bruce St</t>
+  </si>
+  <si>
+    <t>58-66 Victoria St</t>
+  </si>
+  <si>
+    <t>13 Murray St</t>
+  </si>
+  <si>
+    <t>5 Biggs Dr</t>
+  </si>
+  <si>
+    <t>Cnr Smith &amp; Peart Sts</t>
+  </si>
+  <si>
+    <t>1 S Railway Cr</t>
+  </si>
+  <si>
+    <t>Cnr Church &amp; Bruce Sts</t>
+  </si>
+  <si>
+    <t>45-61 McKenzie St</t>
+  </si>
+  <si>
+    <t>Cnr Murray &amp; Billson Sts</t>
+  </si>
+  <si>
+    <t>35 Murray St</t>
+  </si>
+  <si>
+    <t>ALDI Somerville</t>
+  </si>
+  <si>
+    <t>Woolworths Carlton</t>
+  </si>
+  <si>
+    <t>Direct Chemist Outlet Oakleigh South</t>
+  </si>
+  <si>
+    <t>IGA Reservoir</t>
+  </si>
+  <si>
+    <t>Ritchies IGA Ringwood North</t>
+  </si>
+  <si>
+    <t>ALDI Drysdale</t>
+  </si>
+  <si>
+    <t>ALDI Geelong West</t>
+  </si>
+  <si>
+    <t>ALDI Corio</t>
+  </si>
+  <si>
+    <t>ALDI Bell Park</t>
+  </si>
+  <si>
+    <t>ALDI Grovedale</t>
+  </si>
+  <si>
+    <t>Coles Cowes</t>
+  </si>
+  <si>
+    <t>Darnum General Store</t>
+  </si>
+  <si>
+    <t>Cape Woolamai Food and Liquor Express</t>
+  </si>
+  <si>
+    <t>ALDI Wonthaggi</t>
+  </si>
+  <si>
+    <t>ALDI Warragul</t>
+  </si>
+  <si>
+    <t>IGA Wonthaggi</t>
+  </si>
+  <si>
+    <t>Choice The Discount Store Wonthaggi</t>
+  </si>
+  <si>
+    <t>ALDI Leongatha</t>
+  </si>
+  <si>
+    <t>Woolworths Warragul</t>
+  </si>
+  <si>
+    <t>Repco Auto Parts Wonthaggi</t>
+  </si>
+  <si>
+    <t>Big W Wonthaggi</t>
+  </si>
+  <si>
+    <t>Woolworths Leongatha</t>
+  </si>
+  <si>
+    <t>Michael's IGA Korumburra</t>
+  </si>
+  <si>
+    <t>Michael's SUPA IGA Leongatha</t>
+  </si>
+  <si>
+    <t>Supercheap Auto Wonthaggi</t>
+  </si>
+  <si>
+    <t>Woolworths Wonthaggi</t>
+  </si>
+  <si>
+    <t>Connells Bakery</t>
+  </si>
+  <si>
+    <t>Gladstone</t>
+  </si>
+  <si>
+    <t>Gladstone Central</t>
+  </si>
+  <si>
+    <t>Tannum Sands</t>
+  </si>
+  <si>
+    <t>Biloela</t>
+  </si>
+  <si>
+    <t>Clinton Park</t>
+  </si>
+  <si>
+    <t>Theodore</t>
+  </si>
+  <si>
+    <t>South Gladstone</t>
+  </si>
+  <si>
+    <t>Sun Valley</t>
+  </si>
+  <si>
+    <t>3 Shaw Rd</t>
+  </si>
+  <si>
+    <t>4 Ballantine St</t>
+  </si>
+  <si>
+    <t>121 Toolooa St</t>
+  </si>
+  <si>
+    <t>52-54 Boles St</t>
+  </si>
+  <si>
+    <t>184 Goondoon St</t>
+  </si>
+  <si>
+    <t>220 Dawson Hwy</t>
+  </si>
+  <si>
+    <t>Cnr Philip St &amp; Dawson Hwy</t>
+  </si>
+  <si>
+    <t>101 Hampton Dr</t>
+  </si>
+  <si>
+    <t>59-69 Grevillea St</t>
+  </si>
+  <si>
+    <t>6/6 Ballantine St</t>
+  </si>
+  <si>
+    <t>The Boulevard</t>
+  </si>
+  <si>
+    <t>119 Tooloola St</t>
+  </si>
+  <si>
+    <t>56 Philip St</t>
+  </si>
+  <si>
+    <t>SPAR Avion Centre Gladstone</t>
+  </si>
+  <si>
+    <t>Foodworks Gladstone - Ballantine St</t>
+  </si>
+  <si>
+    <t>Australia Post Gladstone</t>
+  </si>
+  <si>
+    <t>ALDI Gladstone Central</t>
+  </si>
+  <si>
+    <t>Gladstone Square</t>
+  </si>
+  <si>
+    <t>Harvey Norman Gladstone</t>
+  </si>
+  <si>
+    <t>Gladstone Centre Plaza</t>
+  </si>
+  <si>
+    <t>Coles Tannum Sands</t>
+  </si>
+  <si>
+    <t>Drakes Biloela</t>
+  </si>
+  <si>
+    <t>Clinton Park Newsagency</t>
+  </si>
+  <si>
+    <t>IGA Theodore</t>
+  </si>
+  <si>
+    <t>Blooms The Chemist Gladstone</t>
+  </si>
+  <si>
+    <t>SPAR Express Sun Valley</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="8">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF000000"/>
+      <color theme="1"/>
       <name val="Calibri"/>
-      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
-      <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDAF2D0"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="5" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...19 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -2151,8337 +1984,7721 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E799C8CC-63DB-4A7B-8960-9859A9E7DC5E}">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="D20" sqref="D20"/>
+      <selection activeCell="B8" sqref="B8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.5"/>
   <cols>
-    <col min="1" max="1" width="13.81640625" style="11" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="16384" width="8.7265625" style="11"/>
+    <col min="1" max="1" width="13.81640625" style="8" customWidth="1"/>
+    <col min="2" max="2" width="12.54296875" style="8" customWidth="1"/>
+    <col min="3" max="3" width="8.7265625" style="8"/>
+    <col min="4" max="4" width="11.81640625" style="8" customWidth="1"/>
+    <col min="5" max="5" width="14.54296875" style="8" customWidth="1"/>
+    <col min="6" max="6" width="12.81640625" style="8" customWidth="1"/>
+    <col min="7" max="7" width="32.26953125" style="8" customWidth="1"/>
+    <col min="8" max="8" width="25" style="8" customWidth="1"/>
+    <col min="9" max="16384" width="8.7265625" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A1" s="10" t="s">
+    <row r="1" spans="1:8" ht="15.5">
+      <c r="A1" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="B1" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="10" t="s">
+      <c r="C1" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C1" s="10" t="s">
+      <c r="D1" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="D1" s="10" t="s">
+      <c r="E1" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="E1" s="10" t="s">
+      <c r="F1" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="F1" s="10" t="s">
+      <c r="G1" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="H1" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="G1" s="10" t="s">
-[...6 lines deleted...]
-    <row r="2" spans="1:8" x14ac:dyDescent="0.35">
+    </row>
+    <row r="2" spans="1:8">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
     </row>
-    <row r="3" spans="1:8" ht="15.5" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      </c>
+    <row r="3" spans="1:8" ht="15.5">
+      <c r="A3" s="9"/>
       <c r="B3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:K105"/>
+  <dimension ref="A1:H125"/>
   <sheetViews>
-    <sheetView topLeftCell="A76" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="G28" sqref="G28"/>
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="G14" sqref="G14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.5"/>
   <cols>
-    <col min="1" max="1" width="13.1796875" style="17" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="13" max="16384" width="8.7265625" style="11"/>
+    <col min="1" max="1" width="13.1796875" style="13" customWidth="1"/>
+    <col min="2" max="2" width="15.453125" style="13" customWidth="1"/>
+    <col min="3" max="3" width="8.7265625" style="5"/>
+    <col min="4" max="4" width="20.7265625" style="5" customWidth="1"/>
+    <col min="5" max="5" width="11.7265625" style="5" customWidth="1"/>
+    <col min="6" max="6" width="14" style="5" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="46.453125" style="8" customWidth="1"/>
+    <col min="8" max="8" width="47" style="8" customWidth="1"/>
+    <col min="9" max="11" width="8.7265625" style="8"/>
+    <col min="12" max="12" width="12.7265625" style="8" customWidth="1"/>
+    <col min="13" max="16384" width="8.7265625" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A1" s="14" t="s">
+    <row r="1" spans="1:8" ht="15.5">
+      <c r="A1" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B1" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="14" t="s">
+      <c r="C1" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C1" s="10" t="s">
+      <c r="D1" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="D1" s="10" t="s">
+      <c r="E1" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="E1" s="10" t="s">
+      <c r="F1" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="F1" s="10" t="s">
+      <c r="G1" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="H1" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="G1" s="10" t="s">
-[...8 lines deleted...]
-      <c r="B2" s="15"/>
+    </row>
+    <row r="2" spans="1:8">
+      <c r="A2" s="12"/>
+      <c r="B2" s="12"/>
       <c r="C2" s="3"/>
-      <c r="D2" s="1"/>
-[...1 lines deleted...]
-      <c r="F2" s="1"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
     </row>
-    <row r="3" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B3" s="20" t="s">
+    <row r="3" spans="1:8" ht="15.5">
+      <c r="A3" s="9" t="s">
+        <v>106</v>
+      </c>
+      <c r="B3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="F3" s="2" t="s">
+      <c r="F3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:11" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="B5" s="21" t="s">
+    <row r="5" spans="1:8">
+      <c r="A5" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B5" s="13" t="s">
+        <v>221</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="E5" s="5">
+        <v>2444</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B6" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="5">
+        <v>2019</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B7" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="5">
+        <v>2042</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B8" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="5">
+        <v>2044</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B9" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" s="5">
+        <v>2046</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B10" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E10" s="5">
+        <v>2049</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B11" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E11" s="5">
+        <v>2050</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B12" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" s="5">
+        <v>2067</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B13" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" s="5">
+        <v>2093</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B14" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="E14" s="5">
+        <v>2112</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B15" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E15" s="5">
+        <v>2113</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B16" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E16" s="5">
+        <v>2113</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B17" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E17" s="5">
+        <v>2117</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B18" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E18" s="5">
+        <v>2121</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B19" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D19" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="C5" s="6" t="s">
-[...12 lines deleted...]
-      <c r="K5" s="9" t="s">
+      <c r="E19" s="5">
+        <v>2122</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B20" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E20" s="5">
+        <v>2130</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B21" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D21" s="5" t="s">
         <v>28</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E6" s="6">
+      <c r="E21" s="5">
+        <v>2131</v>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B22" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E22" s="5">
+        <v>2132</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B23" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E23" s="5">
+        <v>2133</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B24" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E24" s="5">
+        <v>2134</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B25" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E25" s="5">
+        <v>2135</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B26" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" s="5">
+        <v>2136</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B27" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C27" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E27" s="5">
+        <v>2136</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B28" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E28" s="5">
+        <v>2137</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B29" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="E29" s="5">
+        <v>2147</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B30" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E30" s="5">
+        <v>2150</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B31" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E31" s="5">
+        <v>2150</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B32" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E32" s="5">
+        <v>2153</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B33" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E33" s="5">
+        <v>2166</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B34" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E34" s="5">
+        <v>2166</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B35" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E35" s="5">
+        <v>2170</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B36" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E36" s="5">
+        <v>2170</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B37" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E37" s="5">
+        <v>2200</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B38" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E38" s="5">
+        <v>2203</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B39" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E39" s="5">
+        <v>2204</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B40" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E40" s="5">
+        <v>2206</v>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B41" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C41" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E41" s="5">
+        <v>2209</v>
+      </c>
+      <c r="F41" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B42" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C42" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E42" s="5">
+        <v>2210</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B43" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E43" s="5">
+        <v>2212</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B44" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E44" s="5">
+        <v>2213</v>
+      </c>
+      <c r="F44" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B45" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E45" s="5">
+        <v>2223</v>
+      </c>
+      <c r="F45" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B46" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E46" s="5">
+        <v>2232</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B47" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E47" s="5">
+        <v>2250</v>
+      </c>
+      <c r="F47" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6">
+      <c r="A48" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B48" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E48" s="5">
+        <v>2250</v>
+      </c>
+      <c r="F48" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B49" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E49" s="5">
+        <v>2250</v>
+      </c>
+      <c r="F49" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B50" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="E50" s="5">
+        <v>2250</v>
+      </c>
+      <c r="F50" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B51" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="E51" s="5">
+        <v>2258</v>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B52" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="E52" s="5">
+        <v>2560</v>
+      </c>
+      <c r="F52" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B53" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C53" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D53" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="E53" s="5">
+        <v>2560</v>
+      </c>
+      <c r="F53" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B54" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="E54" s="5">
+        <v>2566</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B55" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="E55" s="5">
+        <v>2569</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
+      <c r="A56" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B56" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="E56" s="5">
+        <v>2571</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B57" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="E57" s="5">
+        <v>2573</v>
+      </c>
+      <c r="F57" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="A58" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B58" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E58" s="5">
+        <v>2574</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
+      <c r="A59" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B59" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C59" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E59" s="5">
+        <v>2577</v>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6">
+      <c r="A60" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B60" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="E60" s="5">
+        <v>2750</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6">
+      <c r="A61" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B61" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="E61" s="5">
+        <v>2750</v>
+      </c>
+      <c r="F61" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6">
+      <c r="A62" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B62" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C62" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="E62" s="5">
+        <v>2750</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6">
+      <c r="A63" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B63" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C63" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="E63" s="5">
+        <v>2753</v>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6">
+      <c r="A64" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B64" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="E64" s="5">
+        <v>2753</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6">
+      <c r="A65" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B65" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C65" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E65" s="5">
+        <v>2753</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6">
+      <c r="A66" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B66" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="E66" s="5">
+        <v>2754</v>
+      </c>
+      <c r="F66" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B67" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="E67" s="5">
+        <v>2756</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B68" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E68" s="5">
+        <v>2756</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B69" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C69" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="E69" s="5">
+        <v>2756</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B70" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="E70" s="5">
+        <v>2758</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6">
+      <c r="A71" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B71" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="E71" s="5">
+        <v>2758</v>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B72" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="E72" s="5">
+        <v>2759</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6">
+      <c r="A73" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B73" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="E73" s="5">
+        <v>2762</v>
+      </c>
+      <c r="F73" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B74" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="E74" s="5">
+        <v>2763</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B75" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E75" s="5">
+        <v>2765</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6">
+      <c r="A76" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B76" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="E76" s="5">
+        <v>2766</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B77" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C77" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="E77" s="5">
+        <v>2768</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B78" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E78" s="5">
+        <v>2770</v>
+      </c>
+      <c r="F78" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B79" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C79" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E79" s="5">
+        <v>2773</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B80" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C80" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="E80" s="5">
+        <v>2773</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6">
+      <c r="A81" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B81" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C81" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D81" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="E81" s="5">
+        <v>2774</v>
+      </c>
+      <c r="F81" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B82" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="E82" s="5">
+        <v>2774</v>
+      </c>
+      <c r="F82" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6">
+      <c r="A83" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B83" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E83" s="5">
+        <v>2774</v>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6">
+      <c r="A84" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B84" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C84" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="E84" s="5">
+        <v>2776</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6">
+      <c r="A85" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B85" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C85" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="E85" s="5">
+        <v>2777</v>
+      </c>
+      <c r="F85" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6">
+      <c r="A86" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B86" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="E86" s="5">
+        <v>2777</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6">
+      <c r="A87" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B87" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E87" s="5">
+        <v>2782</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6">
+      <c r="A88" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B88" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="E88" s="5">
+        <v>2783</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6">
+      <c r="A89" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B89" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="E89" s="5">
         <v>2790</v>
       </c>
-      <c r="F6" s="12" t="s">
-[...1354 lines deleted...]
-      <c r="E73" s="7">
+      <c r="F89" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B90" s="13">
+        <v>46109</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="E90" s="5">
+        <v>2850</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6">
+      <c r="A92" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B92" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="E92" s="5">
+        <v>2360</v>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6">
+      <c r="A93" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B93" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C93" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="E93" s="5">
+        <v>2370</v>
+      </c>
+      <c r="F93" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6">
+      <c r="A94" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B94" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C94" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D94" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="E94" s="5">
+        <v>2372</v>
+      </c>
+      <c r="F94" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6">
+      <c r="A96" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="B96" s="13">
+        <v>46116</v>
+      </c>
+      <c r="C96" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D96" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="E96" s="5">
+        <v>2450</v>
+      </c>
+      <c r="F96" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6">
+      <c r="A97" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="B97" s="13">
+        <v>46116</v>
+      </c>
+      <c r="C97" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="E97" s="5">
+        <v>2452</v>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6">
+      <c r="A98" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="B98" s="13">
+        <v>46116</v>
+      </c>
+      <c r="C98" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="E98" s="5">
+        <v>2456</v>
+      </c>
+      <c r="F98" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6">
+      <c r="A99" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="B99" s="13">
+        <v>46116</v>
+      </c>
+      <c r="C99" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="E99" s="5">
+        <v>2456</v>
+      </c>
+      <c r="F99" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6">
+      <c r="A100" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="B100" s="13">
+        <v>46116</v>
+      </c>
+      <c r="C100" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="E100" s="5">
+        <v>2456</v>
+      </c>
+      <c r="F100" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6">
+      <c r="A101" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="B101" s="13">
+        <v>46116</v>
+      </c>
+      <c r="C101" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E101" s="5">
+        <v>2450</v>
+      </c>
+      <c r="F101" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6">
+      <c r="A102" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="B102" s="13">
+        <v>46116</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="E102" s="5">
+        <v>2450</v>
+      </c>
+      <c r="F102" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6">
+      <c r="A103" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="B103" s="13">
+        <v>46116</v>
+      </c>
+      <c r="C103" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D103" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="E103" s="5">
+        <v>2456</v>
+      </c>
+      <c r="F103" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6">
+      <c r="A104" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="B104" s="13">
+        <v>46116</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D104" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="E104" s="5">
+        <v>2452</v>
+      </c>
+      <c r="F104" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6">
+      <c r="A105" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="B105" s="13">
+        <v>46116</v>
+      </c>
+      <c r="C105" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D105" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="E105" s="5">
+        <v>2452</v>
+      </c>
+      <c r="F105" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6">
+      <c r="A106" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="B106" s="13">
+        <v>46116</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="E106" s="5">
+        <v>2478</v>
+      </c>
+      <c r="F106" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6">
+      <c r="A107" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="B107" s="13">
+        <v>46116</v>
+      </c>
+      <c r="C107" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>249</v>
+      </c>
+      <c r="E107" s="5">
+        <v>2478</v>
+      </c>
+      <c r="F107" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6">
+      <c r="A108" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="B108" s="13">
+        <v>46116</v>
+      </c>
+      <c r="C108" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D108" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="E108" s="5">
+        <v>2478</v>
+      </c>
+      <c r="F108" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6">
+      <c r="A109" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="B109" s="13">
+        <v>46116</v>
+      </c>
+      <c r="C109" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D109" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="E109" s="5">
+        <v>2478</v>
+      </c>
+      <c r="F109" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6">
+      <c r="A110" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="B110" s="13">
+        <v>46116</v>
+      </c>
+      <c r="C110" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D110" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="E110" s="5">
+        <v>2477</v>
+      </c>
+      <c r="F110" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6">
+      <c r="A111" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="B111" s="13">
+        <v>46116</v>
+      </c>
+      <c r="C111" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D111" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="E111" s="5">
+        <v>2478</v>
+      </c>
+      <c r="F111" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6">
+      <c r="A112" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="B112" s="13">
+        <v>46116</v>
+      </c>
+      <c r="C112" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D112" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="E112" s="5">
+        <v>2477</v>
+      </c>
+      <c r="F112" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6">
+      <c r="A113" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="B113" s="13">
+        <v>46116</v>
+      </c>
+      <c r="C113" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D113" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="E113" s="5">
+        <v>2473</v>
+      </c>
+      <c r="F113" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6">
+      <c r="A114" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="B114" s="13">
+        <v>46116</v>
+      </c>
+      <c r="C114" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D114" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="E114" s="5">
+        <v>2478</v>
+      </c>
+      <c r="F114" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6">
+      <c r="A116" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B116" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C116" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="E116" s="5">
+        <v>2580</v>
+      </c>
+      <c r="F116" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6">
+      <c r="A117" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B117" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C117" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D117" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="E117" s="5">
+        <v>2575</v>
+      </c>
+      <c r="F117" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6">
+      <c r="A118" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B118" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C118" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="E118" s="5">
+        <v>2576</v>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6">
+      <c r="A119" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B119" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C119" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D119" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="E119" s="5">
         <v>2577</v>
       </c>
-      <c r="F73" s="7" t="s">
-[...640 lines deleted...]
-        <v>35</v>
+      <c r="F119" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6">
+      <c r="A120" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B120" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C120" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="E120" s="5">
+        <v>2579</v>
+      </c>
+      <c r="F120" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6">
+      <c r="A121" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B121" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="E121" s="5">
+        <v>2580</v>
+      </c>
+      <c r="F121" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6">
+      <c r="A122" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B122" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C122" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D122" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="E122" s="5">
+        <v>2575</v>
+      </c>
+      <c r="F122" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6">
+      <c r="A123" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B123" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C123" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D123" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="E123" s="5">
+        <v>2575</v>
+      </c>
+      <c r="F123" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6">
+      <c r="A124" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B124" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C124" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D124" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="E124" s="5">
+        <v>2575</v>
+      </c>
+      <c r="F124" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6">
+      <c r="A125" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B125" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C125" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D125" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="E125" s="5">
+        <v>2575</v>
+      </c>
+      <c r="F125" s="5" t="s">
+        <v>220</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D5B5803F-B7DA-45BA-977B-0BCB89BC5F57}">
-  <dimension ref="A1:H181"/>
+  <dimension ref="A1:H147"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="K176" sqref="K176"/>
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A138" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="G149" sqref="G149"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.5"/>
   <cols>
-    <col min="1" max="1" width="13.54296875" style="23" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="16384" width="8.7265625" style="11"/>
+    <col min="1" max="1" width="13.54296875" style="13" customWidth="1"/>
+    <col min="2" max="2" width="13.26953125" style="13" customWidth="1"/>
+    <col min="3" max="3" width="8.7265625" style="5"/>
+    <col min="4" max="4" width="20.453125" style="5" customWidth="1"/>
+    <col min="5" max="5" width="10.6328125" style="5" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="12.81640625" style="5" customWidth="1"/>
+    <col min="7" max="7" width="52.81640625" style="5" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="46.1796875" style="5" customWidth="1"/>
+    <col min="9" max="16384" width="8.7265625" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A1" s="14" t="s">
+    <row r="1" spans="1:8" ht="15.5">
+      <c r="A1" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B1" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="26" t="s">
+      <c r="C1" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C1" s="10" t="s">
+      <c r="D1" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="D1" s="10" t="s">
+      <c r="E1" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="E1" s="10" t="s">
+      <c r="F1" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="F1" s="10" t="s">
+      <c r="G1" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="H1" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="G1" s="10" t="s">
-[...8 lines deleted...]
-      <c r="B2" s="27"/>
+    </row>
+    <row r="2" spans="1:8">
+      <c r="A2" s="12"/>
+      <c r="B2" s="12"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
     </row>
-    <row r="3" spans="1:8" ht="15.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B3" s="28" t="s">
+    <row r="3" spans="1:8" ht="15.5">
+      <c r="A3" s="9" t="s">
+        <v>106</v>
+      </c>
+      <c r="B3" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="F3" s="4" t="s">
+      <c r="F3" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="G3" s="4"/>
-[...13 lines deleted...]
-      <c r="D5" s="8" t="s">
+      <c r="G3" s="2"/>
+      <c r="H3" s="2" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B5" s="13">
+        <v>46088</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="E5" s="5">
+        <v>3147</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B6" s="13">
+        <v>46088</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E6" s="5">
+        <v>3095</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B7" s="13">
+        <v>46088</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E7" s="5">
+        <v>3169</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B8" s="13">
+        <v>46088</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="E8" s="5">
+        <v>3121</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B9" s="13">
+        <v>46088</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="E9" s="5">
+        <v>3931</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B10" s="13">
+        <v>46088</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="E10" s="5">
+        <v>3127</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G10" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B11" s="13">
+        <v>46088</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E11" s="5">
+        <v>3071</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G11" s="5" t="s">
         <v>124</v>
       </c>
-      <c r="E5" s="8">
-[...16 lines deleted...]
-      <c r="D6" s="8" t="s">
+      <c r="H11" s="5" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B12" s="13">
+        <v>46088</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="E12" s="5">
+        <v>3939</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G12" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="E6" s="8">
-[...16 lines deleted...]
-      <c r="D7" s="8" t="s">
+      <c r="H12" s="5" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B13" s="13">
+        <v>46088</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="E13" s="5">
+        <v>3931</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G13" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="E7" s="8">
+      <c r="H13" s="5" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B14" s="13">
+        <v>46088</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="E14" s="5">
+        <v>3204</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G14" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B15" s="13">
+        <v>46088</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="E15" s="5">
+        <v>3444</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G15" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="H15" s="5" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B16" s="13">
+        <v>46088</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="E16" s="5">
+        <v>3815</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G16" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B17" s="13">
+        <v>46088</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="E17" s="14">
+        <v>3046</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G17" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="H17" s="5" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B19" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="E19" s="5">
+        <v>3020</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B20" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="E20" s="5">
+        <v>3020</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B21" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E21" s="5">
         <v>3023</v>
       </c>
-      <c r="F7" s="8" t="s">
-[...36 lines deleted...]
-      <c r="E9" s="8">
+      <c r="F21" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B22" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="E22" s="5">
         <v>3024</v>
       </c>
-      <c r="F9" s="8" t="s">
-[...16 lines deleted...]
-      <c r="E10" s="8">
+      <c r="F22" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B23" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="E23" s="5">
+        <v>3024</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B24" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E24" s="5">
+        <v>3030</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B25" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="E25" s="5">
+        <v>3037</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B26" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="E26" s="5">
+        <v>3047</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B27" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C27" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="E27" s="5">
+        <v>3047</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B28" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E28" s="5">
+        <v>3064</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B29" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="E29" s="5">
+        <v>3071</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B30" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E30" s="5">
+        <v>3083</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B31" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="E31" s="5">
+        <v>3083</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B32" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="E32" s="5">
+        <v>3088</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B33" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="E33" s="5">
+        <v>3128</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B34" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="E34" s="5">
+        <v>3128</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B35" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="E35" s="5">
+        <v>3129</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B36" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="E36" s="5">
+        <v>3140</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B37" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="E37" s="5">
+        <v>3141</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B38" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E38" s="5">
+        <v>3142</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B39" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="E39" s="5">
+        <v>3145</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B40" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="E40" s="5">
+        <v>3152</v>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B41" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C41" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="E41" s="5">
+        <v>3159</v>
+      </c>
+      <c r="F41" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B42" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C42" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="E42" s="5">
+        <v>3160</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B43" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="E43" s="5">
+        <v>3160</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B44" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="E44" s="5">
+        <v>3160</v>
+      </c>
+      <c r="F44" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B45" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="E45" s="5">
+        <v>3163</v>
+      </c>
+      <c r="F45" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B46" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="E46" s="5">
+        <v>3163</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B47" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="E47" s="5">
+        <v>3169</v>
+      </c>
+      <c r="F47" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6">
+      <c r="A48" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B48" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="E48" s="5">
+        <v>3172</v>
+      </c>
+      <c r="F48" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B49" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="E49" s="5">
+        <v>3177</v>
+      </c>
+      <c r="F49" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B50" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="E50" s="5">
+        <v>3177</v>
+      </c>
+      <c r="F50" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B51" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="E51" s="5">
+        <v>3189</v>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B52" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="E52" s="5">
+        <v>3194</v>
+      </c>
+      <c r="F52" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B53" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C53" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D53" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="E53" s="5">
+        <v>3195</v>
+      </c>
+      <c r="F53" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B54" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="E54" s="5">
+        <v>3195</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B55" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="E55" s="5">
+        <v>3195</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
+      <c r="A56" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B56" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="E56" s="5">
+        <v>3195</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B57" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="E57" s="5">
+        <v>3195</v>
+      </c>
+      <c r="F57" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="A58" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B58" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="E58" s="5">
+        <v>3195</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
+      <c r="A59" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B59" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C59" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="E59" s="5">
+        <v>3196</v>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6">
+      <c r="A60" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B60" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="E60" s="5">
+        <v>3196</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6">
+      <c r="A61" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B61" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="E61" s="5">
+        <v>3196</v>
+      </c>
+      <c r="F61" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6">
+      <c r="A62" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B62" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C62" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="E62" s="5">
+        <v>3196</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6">
+      <c r="A63" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B63" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C63" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="E63" s="5">
+        <v>3197</v>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6">
+      <c r="A64" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B64" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="E64" s="5">
+        <v>3202</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B65" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C65" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E65" s="5">
+        <v>3777</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B66" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E66" s="5">
+        <v>3777</v>
+      </c>
+      <c r="F66" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B67" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="E67" s="5">
+        <v>3777</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B68" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="E68" s="5">
+        <v>3804</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B69" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C69" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="E69" s="5">
+        <v>3805</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B70" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E70" s="5">
+        <v>3814</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B71" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="E71" s="5">
+        <v>3918</v>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B72" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="E72" s="5">
+        <v>3975</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B73" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="E73" s="5">
+        <v>3976</v>
+      </c>
+      <c r="F73" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B74" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="E74" s="5">
+        <v>3977</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B75" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="E75" s="5">
+        <v>3977</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B77" s="13">
+        <v>46095</v>
+      </c>
+      <c r="C77" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="E77" s="5">
+        <v>3144</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G77" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="H77" s="5" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B78" s="13">
+        <v>46095</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="E78" s="5">
+        <v>3193</v>
+      </c>
+      <c r="F78" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G78" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="H78" s="5" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B79" s="13">
+        <v>46095</v>
+      </c>
+      <c r="C79" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="E79" s="5">
+        <v>3205</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G79" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="H79" s="5" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B80" s="13">
+        <v>46095</v>
+      </c>
+      <c r="C80" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="E80" s="5">
+        <v>3032</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G80" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="H80" s="5" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B81" s="13">
+        <v>46095</v>
+      </c>
+      <c r="C81" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D81" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="E81" s="5">
+        <v>3304</v>
+      </c>
+      <c r="F81" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G81" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="H81" s="5" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B82" s="13">
+        <v>46095</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="E82" s="5">
+        <v>3020</v>
+      </c>
+      <c r="F82" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G82" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="H82" s="5" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B83" s="13">
+        <v>46095</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>327</v>
+      </c>
+      <c r="E83" s="5">
+        <v>3124</v>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G83" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="H83" s="5" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B84" s="13">
+        <v>46095</v>
+      </c>
+      <c r="C84" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="E84" s="5">
+        <v>3195</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G84" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="H84" s="5" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B85" s="13">
+        <v>46095</v>
+      </c>
+      <c r="C85" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>329</v>
+      </c>
+      <c r="E85" s="5">
+        <v>3108</v>
+      </c>
+      <c r="F85" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G85" s="5" t="s">
+        <v>342</v>
+      </c>
+      <c r="H85" s="5" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B86" s="13">
+        <v>46095</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="E86" s="5">
+        <v>3074</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G86" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="H86" s="5" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B87" s="13">
+        <v>46095</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="E87" s="5">
+        <v>3039</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G87" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="H87" s="5" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B88" s="13">
+        <v>46095</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="E88" s="5">
         <v>3029</v>
       </c>
-      <c r="F10" s="8" t="s">
-[...113 lines deleted...]
-      <c r="D16" s="8" t="s">
+      <c r="F88" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G88" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="H88" s="5" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B89" s="13">
+        <v>46095</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="E89" s="5">
+        <v>3212</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G89" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="H89" s="5" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B90" s="13">
+        <v>46095</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="E90" s="5">
+        <v>3186</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G90" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="H90" s="5" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B91" s="13">
+        <v>46095</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="E91" s="5">
+        <v>3058</v>
+      </c>
+      <c r="F91" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G91" s="5" t="s">
+        <v>376</v>
+      </c>
+      <c r="H91" s="5" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B92" s="13">
+        <v>46095</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="E92" s="5">
+        <v>3113</v>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G92" s="5" t="s">
+        <v>377</v>
+      </c>
+      <c r="H92" s="5" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B94" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C94" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D94" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="E94" s="5">
+        <v>3550</v>
+      </c>
+      <c r="F94" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B95" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C95" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="E95" s="5">
+        <v>3550</v>
+      </c>
+      <c r="F95" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B96" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C96" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D96" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="E96" s="5">
+        <v>3550</v>
+      </c>
+      <c r="F96" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6">
+      <c r="A97" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B97" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C97" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="E97" s="5">
+        <v>3550</v>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6">
+      <c r="A98" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B98" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C98" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="E98" s="5">
+        <v>3550</v>
+      </c>
+      <c r="F98" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6">
+      <c r="A99" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B99" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C99" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="E99" s="5">
+        <v>3550</v>
+      </c>
+      <c r="F99" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6">
+      <c r="A100" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B100" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C100" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="E100" s="5">
+        <v>3550</v>
+      </c>
+      <c r="F100" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6">
+      <c r="A101" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B101" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C101" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="E101" s="5">
+        <v>3550</v>
+      </c>
+      <c r="F101" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6">
+      <c r="A102" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B102" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="E102" s="5">
+        <v>3550</v>
+      </c>
+      <c r="F102" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6">
+      <c r="A103" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B103" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C103" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D103" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="E103" s="5">
+        <v>3550</v>
+      </c>
+      <c r="F103" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6">
+      <c r="A104" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B104" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D104" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="E104" s="5">
+        <v>3550</v>
+      </c>
+      <c r="F104" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6">
+      <c r="A105" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B105" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C105" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D105" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="E105" s="5">
+        <v>3550</v>
+      </c>
+      <c r="F105" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6">
+      <c r="A106" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B106" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="E106" s="5">
+        <v>3551</v>
+      </c>
+      <c r="F106" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6">
+      <c r="A107" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B107" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C107" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="E107" s="5">
+        <v>3551</v>
+      </c>
+      <c r="F107" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6">
+      <c r="A108" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B108" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C108" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D108" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="E108" s="5">
+        <v>3551</v>
+      </c>
+      <c r="F108" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6">
+      <c r="A109" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B109" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C109" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D109" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E109" s="5">
+        <v>3556</v>
+      </c>
+      <c r="F109" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6">
+      <c r="A110" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B110" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C110" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D110" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="E110" s="5">
+        <v>3551</v>
+      </c>
+      <c r="F110" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6">
+      <c r="A111" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B111" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C111" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D111" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="E111" s="5">
+        <v>3551</v>
+      </c>
+      <c r="F111" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6">
+      <c r="A112" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B112" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C112" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D112" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="E112" s="5">
+        <v>3551</v>
+      </c>
+      <c r="F112" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B113" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C113" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D113" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="E113" s="5">
+        <v>3555</v>
+      </c>
+      <c r="F113" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B114" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C114" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D114" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="E114" s="5">
+        <v>3555</v>
+      </c>
+      <c r="F114" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B115" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C115" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D115" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="E115" s="5">
+        <v>3555</v>
+      </c>
+      <c r="F115" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B116" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C116" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="E116" s="5">
+        <v>3556</v>
+      </c>
+      <c r="F116" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B117" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C117" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D117" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="E117" s="5">
+        <v>3556</v>
+      </c>
+      <c r="F117" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B118" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="C118" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="E118" s="5">
+        <v>3556</v>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B120" s="13">
+        <v>46102</v>
+      </c>
+      <c r="C120" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>381</v>
+      </c>
+      <c r="E120" s="5">
+        <v>3912</v>
+      </c>
+      <c r="F120" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G120" s="5" t="s">
+        <v>398</v>
+      </c>
+      <c r="H120" s="5" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B121" s="13">
+        <v>46102</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="E121" s="5">
+        <v>3053</v>
+      </c>
+      <c r="F121" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G121" s="5" t="s">
+        <v>399</v>
+      </c>
+      <c r="H121" s="5" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B122" s="13">
+        <v>46102</v>
+      </c>
+      <c r="C122" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D122" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="E122" s="5">
+        <v>3167</v>
+      </c>
+      <c r="F122" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G122" s="5" t="s">
+        <v>400</v>
+      </c>
+      <c r="H122" s="5" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B123" s="13">
+        <v>46102</v>
+      </c>
+      <c r="C123" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D123" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="E123" s="5">
+        <v>3127</v>
+      </c>
+      <c r="F123" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G123" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="H123" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="E16" s="8">
-[...1308 lines deleted...]
-      <c r="H78" s="7" t="s">
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B124" s="13">
+        <v>46102</v>
+      </c>
+      <c r="C124" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D124" s="5" t="s">
         <v>384</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H79" s="7" t="s">
+      <c r="E124" s="5">
+        <v>3073</v>
+      </c>
+      <c r="F124" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G124" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="H124" s="5" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B125" s="13">
+        <v>46102</v>
+      </c>
+      <c r="C125" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D125" s="5" t="s">
         <v>385</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H80" s="7" t="s">
+      <c r="E125" s="5">
+        <v>3134</v>
+      </c>
+      <c r="F125" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G125" s="5" t="s">
+        <v>402</v>
+      </c>
+      <c r="H125" s="5" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B126" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C126" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D126" s="5" t="s">
         <v>386</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H81" s="7" t="s">
+      <c r="E126" s="5">
+        <v>3222</v>
+      </c>
+      <c r="F126" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G126" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="H126" s="5" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B127" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C127" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D127" s="5" t="s">
         <v>387</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H82" s="7" t="s">
+      <c r="E127" s="5">
+        <v>3218</v>
+      </c>
+      <c r="F127" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G127" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="H127" s="5" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B128" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C128" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D128" s="5" t="s">
         <v>388</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H83" s="7" t="s">
+      <c r="E128" s="5">
+        <v>3214</v>
+      </c>
+      <c r="F128" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G128" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="H128" s="5" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B129" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C129" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D129" s="5" t="s">
         <v>389</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H84" s="7" t="s">
+      <c r="E129" s="5">
+        <v>3215</v>
+      </c>
+      <c r="F129" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G129" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="H129" s="5" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B130" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C130" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D130" s="5" t="s">
         <v>390</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H85" s="7" t="s">
+      <c r="E130" s="5">
+        <v>3216</v>
+      </c>
+      <c r="F130" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G130" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="H130" s="5" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B131" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C131" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D131" s="5" t="s">
         <v>391</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H86" s="7" t="s">
+      <c r="E131" s="5">
+        <v>3922</v>
+      </c>
+      <c r="F131" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G131" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="H131" s="5" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B132" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C132" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D132" s="5" t="s">
         <v>392</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H87" s="7" t="s">
+      <c r="E132" s="5">
+        <v>3822</v>
+      </c>
+      <c r="F132" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G132" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="H132" s="5" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B133" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C133" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D133" s="5" t="s">
         <v>393</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H88" s="7" t="s">
+      <c r="E133" s="5">
+        <v>3295</v>
+      </c>
+      <c r="F133" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G133" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="H133" s="5" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B134" s="13">
+        <v>46102</v>
+      </c>
+      <c r="C134" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D134" s="5" t="s">
         <v>394</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H89" s="7" t="s">
+      <c r="E134" s="5">
+        <v>3995</v>
+      </c>
+      <c r="F134" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G134" s="5" t="s">
+        <v>411</v>
+      </c>
+      <c r="H134" s="5" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B135" s="13">
+        <v>46102</v>
+      </c>
+      <c r="C135" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D135" s="5" t="s">
         <v>395</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H90" s="7" t="s">
+      <c r="E135" s="5">
+        <v>3820</v>
+      </c>
+      <c r="F135" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G135" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="H135" s="5" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B136" s="13">
+        <v>46102</v>
+      </c>
+      <c r="C136" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D136" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="E136" s="5">
+        <v>3995</v>
+      </c>
+      <c r="F136" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G136" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="H136" s="5" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B137" s="13">
+        <v>46102</v>
+      </c>
+      <c r="C137" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D137" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="E137" s="5">
+        <v>3995</v>
+      </c>
+      <c r="F137" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G137" s="5" t="s">
+        <v>414</v>
+      </c>
+      <c r="H137" s="5" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B138" s="13">
+        <v>46102</v>
+      </c>
+      <c r="C138" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D138" s="5" t="s">
         <v>396</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H91" s="7" t="s">
+      <c r="E138" s="5">
+        <v>3953</v>
+      </c>
+      <c r="F138" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G138" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="H138" s="5" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B139" s="13">
+        <v>46102</v>
+      </c>
+      <c r="C139" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D139" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="E139" s="5">
+        <v>3820</v>
+      </c>
+      <c r="F139" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G139" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="H139" s="5" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B140" s="13">
+        <v>46102</v>
+      </c>
+      <c r="C140" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D140" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="E140" s="5">
+        <v>3995</v>
+      </c>
+      <c r="F140" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G140" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="H140" s="5" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B141" s="13">
+        <v>46102</v>
+      </c>
+      <c r="C141" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D141" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="E141" s="5">
+        <v>3995</v>
+      </c>
+      <c r="F141" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G141" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="H141" s="5" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B142" s="13">
+        <v>46102</v>
+      </c>
+      <c r="C142" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D142" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="E142" s="5">
+        <v>3953</v>
+      </c>
+      <c r="F142" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G142" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="H142" s="5" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B143" s="13">
+        <v>46102</v>
+      </c>
+      <c r="C143" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D143" s="5" t="s">
         <v>397</v>
       </c>
-    </row>
-[...594 lines deleted...]
-      <c r="H114" s="7" t="s">
+      <c r="E143" s="5">
+        <v>3950</v>
+      </c>
+      <c r="F143" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G143" s="5" t="s">
         <v>420</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H115" s="7" t="s">
+      <c r="H143" s="5" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B144" s="13">
+        <v>46102</v>
+      </c>
+      <c r="C144" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D144" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="E144" s="5">
+        <v>3953</v>
+      </c>
+      <c r="F144" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G144" s="5" t="s">
         <v>421</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H116" s="7" t="s">
+      <c r="H144" s="5" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B145" s="13">
+        <v>46102</v>
+      </c>
+      <c r="C145" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D145" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="E145" s="5">
+        <v>3995</v>
+      </c>
+      <c r="F145" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G145" s="5" t="s">
         <v>422</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H117" s="7" t="s">
+      <c r="H145" s="5" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B146" s="13">
+        <v>46102</v>
+      </c>
+      <c r="C146" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D146" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="E146" s="5">
+        <v>3995</v>
+      </c>
+      <c r="F146" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G146" s="5" t="s">
         <v>423</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H118" s="7" t="s">
+      <c r="H146" s="5" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B147" s="13">
+        <v>46102</v>
+      </c>
+      <c r="C147" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D147" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="E147" s="5">
+        <v>3995</v>
+      </c>
+      <c r="F147" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G147" s="5" t="s">
         <v>424</v>
       </c>
-    </row>
-[...45 lines deleted...]
-      <c r="G120" s="7" t="s">
+      <c r="H147" s="5" t="s">
         <v>451</v>
-      </c>
-[...1394 lines deleted...]
-        <v>515</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7015CC62-7E38-46EE-9C8D-F838A64A87B3}">
-  <dimension ref="A1:H90"/>
+  <dimension ref="A1:H86"/>
   <sheetViews>
-    <sheetView topLeftCell="A84" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="N15" sqref="N15"/>
+    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A67" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="I89" sqref="I89"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.5"/>
   <cols>
-    <col min="1" max="1" width="13.6328125" style="17" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="16384" width="8.7265625" style="11"/>
+    <col min="1" max="1" width="13.6328125" style="13" customWidth="1"/>
+    <col min="2" max="2" width="14.453125" style="13" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="8.7265625" style="5"/>
+    <col min="4" max="4" width="21.81640625" style="5" customWidth="1"/>
+    <col min="5" max="5" width="12.453125" style="5" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="17" style="5" customWidth="1"/>
+    <col min="7" max="7" width="24.08984375" style="5" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="32.54296875" style="5" bestFit="1" customWidth="1"/>
+    <col min="9" max="16384" width="8.7265625" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A1" s="14" t="s">
+    <row r="1" spans="1:8" ht="15.5">
+      <c r="A1" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B1" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="14" t="s">
+      <c r="C1" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C1" s="10" t="s">
+      <c r="D1" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="D1" s="10" t="s">
+      <c r="E1" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="E1" s="10" t="s">
+      <c r="F1" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="F1" s="10" t="s">
+      <c r="G1" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="H1" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="G1" s="10" t="s">
-[...8 lines deleted...]
-      <c r="B2" s="22"/>
+    </row>
+    <row r="2" spans="1:8">
+      <c r="A2" s="12"/>
+      <c r="B2" s="12"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
-      <c r="F2" s="1"/>
-[...7 lines deleted...]
-      <c r="B3" s="20" t="s">
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+    </row>
+    <row r="3" spans="1:8" ht="15.5">
+      <c r="A3" s="9" t="s">
+        <v>106</v>
+      </c>
+      <c r="B3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="F3" s="2" t="s">
+      <c r="F3" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="G3" s="2"/>
-      <c r="H3" s="2" t="s">
+      <c r="G3" s="4"/>
+      <c r="H3" s="4" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
-[...129 lines deleted...]
-      <c r="D11" s="7" t="s">
+    <row r="5" spans="1:8">
+      <c r="A5" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B5" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="E5" s="5">
+        <v>4011</v>
+      </c>
+      <c r="F5" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B6" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="E6" s="5">
+        <v>4011</v>
+      </c>
+      <c r="F6" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B7" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="E7" s="5">
+        <v>4018</v>
+      </c>
+      <c r="F7" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B8" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="E8" s="5">
+        <v>4030</v>
+      </c>
+      <c r="F8" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B9" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="E9" s="5">
+        <v>4030</v>
+      </c>
+      <c r="F9" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B10" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E10" s="5">
+        <v>4051</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B11" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="E11" s="5">
+        <v>4054</v>
+      </c>
+      <c r="F11" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B12" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="E12" s="5">
+        <v>4055</v>
+      </c>
+      <c r="F12" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B13" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="E13" s="5">
+        <v>4061</v>
+      </c>
+      <c r="F13" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B14" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="E14" s="5">
+        <v>4069</v>
+      </c>
+      <c r="F14" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B15" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="E15" s="5">
+        <v>4069</v>
+      </c>
+      <c r="F15" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B16" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="E16" s="5">
+        <v>4070</v>
+      </c>
+      <c r="F16" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B17" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="E17" s="5">
+        <v>4074</v>
+      </c>
+      <c r="F17" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B18" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="E18" s="5">
+        <v>4105</v>
+      </c>
+      <c r="F18" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B19" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="E19" s="5">
+        <v>4106</v>
+      </c>
+      <c r="F19" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B20" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="E20" s="5">
+        <v>4111</v>
+      </c>
+      <c r="F20" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B21" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="E21" s="5">
+        <v>4112</v>
+      </c>
+      <c r="F21" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B22" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="E22" s="5">
+        <v>4118</v>
+      </c>
+      <c r="F22" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B23" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="E23" s="5">
+        <v>4118</v>
+      </c>
+      <c r="F23" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B24" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="E24" s="5">
+        <v>4122</v>
+      </c>
+      <c r="F24" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B25" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>277</v>
+      </c>
+      <c r="E25" s="5">
+        <v>4122</v>
+      </c>
+      <c r="F25" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B26" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="E26" s="5">
+        <v>4124</v>
+      </c>
+      <c r="F26" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B27" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C27" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="E27" s="5">
+        <v>4125</v>
+      </c>
+      <c r="F27" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B28" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="E28" s="5">
+        <v>4127</v>
+      </c>
+      <c r="F28" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B29" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="E29" s="5">
+        <v>4153</v>
+      </c>
+      <c r="F29" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B30" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="E30" s="5">
+        <v>4170</v>
+      </c>
+      <c r="F30" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B31" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>281</v>
+      </c>
+      <c r="E31" s="5">
+        <v>4172</v>
+      </c>
+      <c r="F31" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B32" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>282</v>
+      </c>
+      <c r="E32" s="5">
+        <v>4173</v>
+      </c>
+      <c r="F32" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B33" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="E33" s="5">
+        <v>4178</v>
+      </c>
+      <c r="F33" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B34" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="E34" s="5">
+        <v>4179</v>
+      </c>
+      <c r="F34" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B35" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="E35" s="5">
+        <v>4207</v>
+      </c>
+      <c r="F35" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B36" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="E36" s="5">
+        <v>4207</v>
+      </c>
+      <c r="F36" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B37" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="E37" s="5">
+        <v>4209</v>
+      </c>
+      <c r="F37" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B38" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="E38" s="5">
+        <v>4210</v>
+      </c>
+      <c r="F38" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B39" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="E39" s="5">
+        <v>4211</v>
+      </c>
+      <c r="F39" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B40" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="E40" s="5">
+        <v>4211</v>
+      </c>
+      <c r="F40" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B41" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C41" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="E41" s="5">
+        <v>4213</v>
+      </c>
+      <c r="F41" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B42" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C42" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="E42" s="5">
+        <v>4213</v>
+      </c>
+      <c r="F42" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B43" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="E43" s="5">
+        <v>4213</v>
+      </c>
+      <c r="F43" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B44" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="E44" s="5">
+        <v>4214</v>
+      </c>
+      <c r="F44" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B45" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="E45" s="5">
+        <v>4216</v>
+      </c>
+      <c r="F45" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B46" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="E46" s="5">
+        <v>4227</v>
+      </c>
+      <c r="F46" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B47" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E47" s="5">
+        <v>4272</v>
+      </c>
+      <c r="F47" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6">
+      <c r="A48" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B48" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="E48" s="5">
+        <v>4285</v>
+      </c>
+      <c r="F48" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B49" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="E49" s="5">
+        <v>4285</v>
+      </c>
+      <c r="F49" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B50" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="E50" s="5">
+        <v>4285</v>
+      </c>
+      <c r="F50" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B51" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="E51" s="5">
+        <v>4304</v>
+      </c>
+      <c r="F51" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B52" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="E52" s="5">
+        <v>4304</v>
+      </c>
+      <c r="F52" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B53" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C53" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D53" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="E53" s="5">
+        <v>4304</v>
+      </c>
+      <c r="F53" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B54" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="E54" s="5">
+        <v>4305</v>
+      </c>
+      <c r="F54" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B55" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E55" s="5">
+        <v>4306</v>
+      </c>
+      <c r="F55" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
+      <c r="A56" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B56" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="E56" s="5">
+        <v>4311</v>
+      </c>
+      <c r="F56" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B57" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="E57" s="5">
+        <v>4340</v>
+      </c>
+      <c r="F57" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="A58" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B58" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="E58" s="5">
+        <v>4341</v>
+      </c>
+      <c r="F58" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
+      <c r="A59" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B59" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C59" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="E59" s="5">
+        <v>4341</v>
+      </c>
+      <c r="F59" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6">
+      <c r="A60" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B60" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="E60" s="5">
+        <v>4500</v>
+      </c>
+      <c r="F60" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6">
+      <c r="A61" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B61" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="E61" s="5">
+        <v>4500</v>
+      </c>
+      <c r="F61" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6">
+      <c r="A62" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B62" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C62" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>312</v>
+      </c>
+      <c r="E62" s="5">
+        <v>4503</v>
+      </c>
+      <c r="F62" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6">
+      <c r="A63" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B63" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C63" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="E63" s="5">
+        <v>4505</v>
+      </c>
+      <c r="F63" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6">
+      <c r="A64" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B64" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="E64" s="5">
+        <v>4510</v>
+      </c>
+      <c r="F64" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B65" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C65" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="E65" s="5">
+        <v>4520</v>
+      </c>
+      <c r="F65" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B66" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="E66" s="5">
+        <v>4520</v>
+      </c>
+      <c r="F66" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" s="13">
+        <v>46083</v>
+      </c>
+      <c r="B67" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>317</v>
+      </c>
+      <c r="E67" s="5">
+        <v>4520</v>
+      </c>
+      <c r="F67" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B69" s="13">
+        <v>46095</v>
+      </c>
+      <c r="C69" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>360</v>
+      </c>
+      <c r="E69" s="5">
+        <v>4280</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G69" s="5" t="s">
+        <v>364</v>
+      </c>
+      <c r="H69" s="5" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B70" s="13">
+        <v>46095</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="E70" s="5">
+        <v>4218</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G70" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="H70" s="5" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B71" s="13">
+        <v>46095</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>362</v>
+      </c>
+      <c r="E71" s="5">
+        <v>4128</v>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G71" s="5" t="s">
+        <v>366</v>
+      </c>
+      <c r="H71" s="5" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" s="13">
+        <v>46090</v>
+      </c>
+      <c r="B72" s="13">
+        <v>46095</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>363</v>
+      </c>
+      <c r="E72" s="5">
+        <v>4212</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G72" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="H72" s="5" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B74" s="13" t="s">
         <v>222</v>
       </c>
-      <c r="E11" s="7">
-[...1583 lines deleted...]
-        <v>35</v>
+      <c r="C74" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D74" s="16" t="s">
+        <v>452</v>
+      </c>
+      <c r="E74" s="16">
+        <v>4680</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G74" s="16" t="s">
+        <v>460</v>
+      </c>
+      <c r="H74" s="16" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B75" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C75" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D75" s="16" t="s">
+        <v>452</v>
+      </c>
+      <c r="E75" s="16">
+        <v>4680</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G75" s="16" t="s">
+        <v>461</v>
+      </c>
+      <c r="H75" s="16" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B76" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C76" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D76" s="16" t="s">
+        <v>452</v>
+      </c>
+      <c r="E76" s="16">
+        <v>4680</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G76" s="16" t="s">
+        <v>462</v>
+      </c>
+      <c r="H76" s="16" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B77" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C77" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D77" s="16" t="s">
+        <v>453</v>
+      </c>
+      <c r="E77" s="16">
+        <v>4680</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G77" s="16" t="s">
+        <v>463</v>
+      </c>
+      <c r="H77" s="16" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B78" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C78" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D78" s="16" t="s">
+        <v>452</v>
+      </c>
+      <c r="E78" s="16">
+        <v>4680</v>
+      </c>
+      <c r="F78" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G78" s="16" t="s">
+        <v>464</v>
+      </c>
+      <c r="H78" s="16" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B79" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C79" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D79" s="16" t="s">
+        <v>452</v>
+      </c>
+      <c r="E79" s="16">
+        <v>4680</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G79" s="16" t="s">
+        <v>465</v>
+      </c>
+      <c r="H79" s="16" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B80" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C80" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D80" s="16" t="s">
+        <v>452</v>
+      </c>
+      <c r="E80" s="16">
+        <v>4680</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G80" s="16" t="s">
+        <v>466</v>
+      </c>
+      <c r="H80" s="16" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B81" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C81" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D81" s="17" t="s">
+        <v>454</v>
+      </c>
+      <c r="E81" s="17">
+        <v>4680</v>
+      </c>
+      <c r="F81" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G81" s="17" t="s">
+        <v>467</v>
+      </c>
+      <c r="H81" s="17" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B82" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C82" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D82" s="17" t="s">
+        <v>455</v>
+      </c>
+      <c r="E82" s="17">
+        <v>4715</v>
+      </c>
+      <c r="F82" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G82" s="17" t="s">
+        <v>468</v>
+      </c>
+      <c r="H82" s="17" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B83" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C83" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D83" s="17" t="s">
+        <v>456</v>
+      </c>
+      <c r="E83" s="17">
+        <v>4680</v>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G83" s="17" t="s">
+        <v>469</v>
+      </c>
+      <c r="H83" s="17" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B84" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C84" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D84" s="17" t="s">
+        <v>457</v>
+      </c>
+      <c r="E84" s="17">
+        <v>4719</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G84" s="17" t="s">
+        <v>470</v>
+      </c>
+      <c r="H84" s="17" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B85" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C85" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D85" s="17" t="s">
+        <v>458</v>
+      </c>
+      <c r="E85" s="17">
+        <v>4680</v>
+      </c>
+      <c r="F85" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G85" s="17" t="s">
+        <v>471</v>
+      </c>
+      <c r="H85" s="17" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" s="13">
+        <v>46097</v>
+      </c>
+      <c r="B86" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="C86" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D86" s="17" t="s">
+        <v>459</v>
+      </c>
+      <c r="E86" s="17">
+        <v>4680</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G86" s="17" t="s">
+        <v>472</v>
+      </c>
+      <c r="H86" s="17" t="s">
+        <v>485</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A678C061-7E49-4FA1-8F5D-BB0F55AEFC6B}">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="E26" sqref="E26"/>
+      <selection activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.5"/>
   <cols>
-    <col min="1" max="1" width="15.81640625" style="7" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="16384" width="8.7265625" style="11"/>
+    <col min="1" max="1" width="15.81640625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="14.26953125" style="5" customWidth="1"/>
+    <col min="3" max="3" width="11.7265625" style="5" customWidth="1"/>
+    <col min="4" max="4" width="26.54296875" style="5" customWidth="1"/>
+    <col min="5" max="5" width="14.7265625" style="5" customWidth="1"/>
+    <col min="6" max="6" width="15.453125" style="8" customWidth="1"/>
+    <col min="7" max="7" width="15.26953125" style="8" customWidth="1"/>
+    <col min="8" max="8" width="22.1796875" style="8" customWidth="1"/>
+    <col min="9" max="16384" width="8.7265625" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A1" s="10" t="s">
+    <row r="1" spans="1:8" ht="15.5">
+      <c r="A1" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="B1" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="10" t="s">
+      <c r="C1" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C1" s="10" t="s">
+      <c r="D1" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="D1" s="10" t="s">
+      <c r="E1" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="E1" s="10" t="s">
+      <c r="F1" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="F1" s="10" t="s">
+      <c r="G1" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="H1" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="G1" s="10" t="s">
-[...6 lines deleted...]
-    <row r="2" spans="1:8" x14ac:dyDescent="0.35">
+    </row>
+    <row r="2" spans="1:8">
       <c r="A2" s="3"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
     </row>
-    <row r="3" spans="1:8" ht="15.5" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      </c>
+    <row r="3" spans="1:8" ht="15.5">
+      <c r="A3" s="9"/>
       <c r="B3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="E16" s="11"/>
+    <row r="16" spans="1:8">
+      <c r="E16" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BF89F9D4-F427-4357-BBA7-ED201C29D910}">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="G9" sqref="G9"/>
+      <selection activeCell="E14" sqref="E14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.5"/>
   <cols>
-    <col min="1" max="1" width="12.7265625" style="11" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="16384" width="8.7265625" style="11"/>
+    <col min="1" max="1" width="12.7265625" style="8" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12" style="8" customWidth="1"/>
+    <col min="3" max="3" width="10" style="8" customWidth="1"/>
+    <col min="4" max="4" width="17.90625" style="8" customWidth="1"/>
+    <col min="5" max="5" width="16.26953125" style="8" customWidth="1"/>
+    <col min="6" max="6" width="8.90625" style="8" customWidth="1"/>
+    <col min="7" max="7" width="8.7265625" style="8"/>
+    <col min="8" max="8" width="13.81640625" style="8" customWidth="1"/>
+    <col min="9" max="16384" width="8.7265625" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A1" s="10" t="s">
+    <row r="1" spans="1:8" ht="15.5">
+      <c r="A1" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="B1" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="10" t="s">
+      <c r="C1" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C1" s="10" t="s">
+      <c r="D1" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="D1" s="10" t="s">
+      <c r="E1" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="E1" s="10" t="s">
+      <c r="F1" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="F1" s="10" t="s">
+      <c r="G1" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="H1" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="G1" s="10" t="s">
-[...6 lines deleted...]
-    <row r="2" spans="1:8" x14ac:dyDescent="0.35">
+    </row>
+    <row r="2" spans="1:8">
       <c r="A2" s="3"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
     </row>
-    <row r="3" spans="1:8" ht="15.5" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      </c>
+    <row r="3" spans="1:8" ht="15.5">
+      <c r="A3" s="9"/>
       <c r="B3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 